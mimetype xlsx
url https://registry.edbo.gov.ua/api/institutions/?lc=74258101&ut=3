--- v0 (2025-10-18)
+++ v1 (2026-02-02)
@@ -844,51 +844,51 @@
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Сновськ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, сім'ї, молоді та спорту Сновської міської ради Корюківського району Чернігівської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(04654)21134</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>rgshchors@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Амельченко Лариса Миколаївна</t>
+          <t>Директор Гаврилець Ольга Леонідівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
   </sheetData>