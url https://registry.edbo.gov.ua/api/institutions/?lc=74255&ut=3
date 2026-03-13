--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$37</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y36"/>
+  <dimension ref="A1:Y37"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Андріївська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Андріївська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146446</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Андріївська гімназія</t>
+          <t>Андріївська філія Михайло-Коцюбинського ліцею</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7425580301</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
@@ -404,56 +404,56 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0422)686140</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>andreevkaschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://mkocubynska-gromada.gov.ua/andriivska-zosh-iiii-stupeniv-08-48-02-22-06-2020/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Безлюдна Тетяна Анатоліївна</t>
+          <t>Завідувач філією Безлюдна Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Анисівський ліцей імені І.Я.Франка Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
@@ -650,3569 +650,3682 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Вознесенська гімназія Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Ведильцівська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>143729</v>
+        <v>145673</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Вознесенська гімназія</t>
+          <t>Ведильцівська філія Михайло-Коцюбинського ліцею</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>7425585704</t>
+          <t>7425581301</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
-          <t>с. Вознесенське, Чернігівський район, Чернігівська область</t>
+          <t>с. Ведильці, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Подільська, 1а</t>
+          <t>провулок Шкільний, 4</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA74100150050081738</t>
+          <t>UA74100250050021171</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Вознесенське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Ведильці</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0462)685310</t>
+          <t>(0681)015289</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>ulianovka@i.ua</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>vedilzizosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/vedilcivska-zosh-iiii-stupeniv-08-49-26-22-06-2020/</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Білан Валентина Олексіївна</t>
+          <t>Завідувач філією Петровський Дмитро Валентинович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Гончарівський ліцей імені героя АТО Дмитра Степанченка Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Вознесенська гімназія Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>145784</v>
+        <v>143729</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Гончарівський ліцей ім. героя АТО Дмитра Степанченка</t>
+          <t>Вознесенська гімназія</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>7425555200</t>
+          <t>7425585704</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
-          <t>смт Гончарівське, Чернігівський район, Чернігівська область</t>
+          <t>с. Вознесенське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Танкістів, 82-А</t>
+          <t>вулиця Подільська, 1а</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA74100030010092910</t>
+          <t>UA74100150050081738</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Гончарівське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Вознесенське</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0462)621686</t>
+          <t>(0462)685310</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>lyceum_stepanchenka@ukr.net</t>
+          <t>ulianovka@i.ua</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Бортник Світлана Петрівна</t>
+          <t>Т.в.о. директора Білан Валентина Олексіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Дніпровська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Гончарівський ліцей імені героя АТО Дмитра Степанченка Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>146625</v>
+        <v>145784</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Дніпровська філія Михайло-Коцюбинського ліцею</t>
+          <t>Гончарівський ліцей ім. героя АТО Дмитра Степанченка</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>7425581601</t>
+          <t>7425555200</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
-          <t>с. Дніпровське, Чернігівський район, Чернігівська область</t>
+          <t>смт Гончарівське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1-А</t>
+          <t>вулиця Танкістів, 82-А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
-          <t>UA74100250080064472</t>
+          <t>UA74100030010092910</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Дніпровське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Гончарівське</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0462)68-32-95</t>
+          <t>(0462)621686</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>dniprovskeschool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lyceum_stepanchenka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпак Микола Миколайович</t>
+          <t>Директор Бортник Світлана Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Довжицький ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Дніпровська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>145149</v>
+        <v>146625</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Довжицький ліцей</t>
+          <t>Дніпровська філія Михайло-Коцюбинського ліцею</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
-          <t>7425581901</t>
+          <t>7425581601</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
-          <t>с. Довжик, Чернігівський район, Чернігівська область</t>
+          <t>с. Дніпровське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 2-А</t>
+          <t>вулиця Шевченка, 1-А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
-          <t>UA74100270030089882</t>
+          <t>UA74100250080064472</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Довжик</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Дніпровське</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0422)682140</t>
+          <t>(0462)68-32-95</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>dovzhyk.nvk1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S8" s="4"/>
+          <t>dniprovskeschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/dniprovska-zosh-iiii-stupeniv-08-50-13-22-06-2020/</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Слюсар Олександр Володимирович</t>
+          <t>Директор Шпак Микола Миколайович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Комунальний навчальний заклад Жеведська загальноосвітня школа І ступеня Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Довжицький ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>147196</v>
+        <v>145149</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D9" s="4"/>
+      <c r="D9" s="4" t="inlineStr">
+        <is>
+          <t>Довжицький ліцей</t>
+        </is>
+      </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>7425582201</t>
+          <t>7425581901</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Жеведь, Чернігівський район, Чернігівська область</t>
+          <t>с. Довжик, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 3а</t>
-[...3 lines deleted...]
-      <c r="M9" s="4"/>
+          <t>вулиця Чернігівська, 2-А</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="inlineStr">
+        <is>
+          <t>UA74100270030089882</t>
+        </is>
+      </c>
+      <c r="M9" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Довжик</t>
+        </is>
+      </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0462)683140</t>
+          <t>(0422)682140</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>zheved.shkola@ukr.net</t>
+          <t>dovzhyk.nvk1@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Качаненко Юлія Олександрівна</t>
+          <t>Директор Слюсар Олександр Володимирович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Іванівський ліцей Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Комунальний навчальний заклад Жеведська загальноосвітня школа І ступеня Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>146215</v>
+        <v>147196</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D10" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D10" s="4"/>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>7425582801</t>
+          <t>7425582201</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Іванівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Жеведь, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Садова, 3а</t>
+        </is>
+      </c>
+      <c r="L10" s="6"/>
+      <c r="M10" s="4"/>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, сім`ї, молоді та спорту Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0462)688387</t>
+          <t>(0462)683140</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>ivanivka.school1965@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>zheved.shkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Черевко Ігор Анатолійович</t>
+          <t>Директор Качаненко Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Кархівська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Іванівський ліцей Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>146622</v>
+        <v>146215</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Кархівська філія Михайло-Коцюбинського ліцею</t>
+          <t>Іванівський ліцей</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>7425583101</t>
+          <t>7425582801</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Кархівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Іванівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби, 187-а</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA74100250140027580</t>
+          <t>UA74100110010097725</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Кархівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Іванівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, туризму, сім`ї, молоді та спорту Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0986)020709</t>
+          <t>(0462)688387</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>karhivkaskhool@ukr.net</t>
+          <t>ivanivka.school1965@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://mkocubynska-gromada.gov.ua/karhivska-zosh-iii-stupeniv-08-46-03-22-06-2020/</t>
+          <t>ivanivka.adr.com.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпак Микола Миколайович</t>
+          <t>Директор Черевко Ігор Анатолійович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Киїнський ліцей імені Костянтина Светенка Киїнської сільської ради</t>
+          <t>Кархівська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>145805</v>
+        <v>146622</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Киїнський ліцей імені Костянтина Светенка</t>
+          <t>Кархівська філія Михайло-Коцюбинського ліцею</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>7425583401</t>
+          <t>7425583101</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Киїнка, Чернігівський район, Чернігівська область</t>
+          <t>с. Кархівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги,, 11, корпус1</t>
+          <t>вулиця Дружби, 187-а</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA74100130010068937</t>
+          <t>UA74100250140027580</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Киїнка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Кархівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0462)680224</t>
+          <t>(0986)020709</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>Kienkaschool@i.ua</t>
-[...2 lines deleted...]
-      <c r="S12" s="4"/>
+          <t>karhivkaskhool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/karhivska-zosh-iii-stupeniv-08-46-03-22-06-2020/</t>
+        </is>
+      </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Шолох Ніна Тимофіївна</t>
+          <t>Директор Шпак Микола Миколайович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Киселівський ліцей Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Киїнський ліцей імені Костянтина Светенка Киїнської сільської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>148290</v>
+        <v>145805</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Киселівський ліцей</t>
+          <t>Киїнський ліцей імені Костянтина Светенка</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>7425583501</t>
+          <t>7425583401</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Киселівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Киїнка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 1-А</t>
+          <t>вулиця Перемоги,, 11, корпус1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA74100150010014989</t>
+          <t>UA74100130010068937</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Киселівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Киїнка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0462)684726</t>
+          <t>(0462)680224</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>kucelivka@ukr.net</t>
+          <t>Kienkaschool@i.ua</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Мироненко Алла Ігорівна</t>
+          <t>Директор Шолох Ніна Тимофіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ковпитська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Киселівський ліцей Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>148293</v>
+        <v>148290</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ковпитська гімназія</t>
+          <t>Киселівський ліцей</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>7425583701</t>
+          <t>7425583501</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Ковпита, Чернігівський район, Чернігівська область</t>
+          <t>с. Киселівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 78</t>
+          <t>вулиця Нова, 1-А</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA74100250150028250</t>
+          <t>UA74100150010014989</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Ковпита</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Киселівка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0462)686340</t>
+          <t>(0462)684726</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>kovpytskashkola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kucelivka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Пустовойт Олена Анатоліївна</t>
+          <t>Директор Мироненко Алла Ігорівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Количівський ліцей Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Ковпитська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>146644</v>
+        <v>148293</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Количівський ліцей</t>
+          <t>Ковпитська гімназія</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>7425582802</t>
+          <t>7425583701</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Количівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Ковпита, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 24 А</t>
+          <t>вулиця Перемоги, 78</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA74100110090080359</t>
+          <t>UA74100250150028250</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Количівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Ковпита</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, сім`ї, молоді та спорту Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0462)689515</t>
+          <t>(0462)686340</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>kolichiwskazosh@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S15" s="4"/>
+          <t>kovpytskashkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S15" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/kovpitska-zosh-iiii-stupeniv-08-52-53-22-06-2020/</t>
+        </is>
+      </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Теплуха Валентина Миколаївна</t>
+          <t>Директор Пустовойт Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Краснянська філія Количівського ліцею Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Количівський ліцей Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>146645</v>
+        <v>146644</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Краснянська філія Количівського ліцею</t>
+          <t>Количівський ліцей</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>7425584001</t>
+          <t>7425582802</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Красне, Чернігівський район, Чернігівська область</t>
+          <t>с. Количівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 45-А</t>
+          <t>вулиця Шкільна, 24 А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA74100110100022600</t>
+          <t>UA74100110090080359</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Красне</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Количівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, сім`ї, молоді та спорту Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0462)685672</t>
+          <t>(0462)689515</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>Krasne_school@i.ua</t>
+          <t>kolichiwskazosh@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дорога Галина Василівна</t>
+          <t>Директор Теплуха Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Кувечицька філія Старобілоуського ліцею Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Краснянська філія Количівського ліцею Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>146334</v>
+        <v>146645</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Кувечицька філія Старобілоуського ліцею</t>
+          <t>Краснянська філія Количівського ліцею</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>7425584101</t>
+          <t>7425584001</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Кувечичі, Чернігівський район, Чернігівська область</t>
+          <t>с. Красне, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 1А</t>
+          <t>вулиця Шевченка, 45-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA74100270050074309</t>
+          <t>UA74100110100022600</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Кувечичі</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Красне</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, туризму, сім`ї, молоді та спорту Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(097)3493667</t>
+          <t>(0462)685672</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>kuwechichischool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Krasne_school@i.ua</t>
+        </is>
+      </c>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шарий Андрій Михайлович</t>
+          <t>Завідувач філією Дорога Галина Василівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Михайло-Коцюбинський ліцей Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Кувечицька філія Старобілоуського ліцею Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>145672</v>
+        <v>146334</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Михайло-Коцюбинський ліцей</t>
+          <t>Кувечицька філія Старобілоуського ліцею</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>7425555400</t>
+          <t>7425584101</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>смт Михайло-Коцюбинське, Чернігівський район, Чернігівська область</t>
+          <t>с. Кувечичі, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 60</t>
+          <t>вулиця Зелена, 1А</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA74100250010077513</t>
+          <t>UA74100270050074309</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Михайло-Коцюбинське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Кувечичі</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0462)681418</t>
+          <t>(097)3493667</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>MKGimnazija@ukr.net</t>
+          <t>kuwechichischool@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://mkocubynska-gromada.gov.ua/mihajlokocjubinska-gimnaziya-08-48-44-22-06-2020/</t>
+          <t>http://kuv.at.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпак Микола Миколайович</t>
+          <t>Завідувач філією Шарий Андрій Михайлович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Мньовська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Михайло-Коцюбинський ліцей Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>146632</v>
+        <v>145672</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Мньовська філія Михайло-Коцюбинського ліцею</t>
+          <t>Михайло-Коцюбинський ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>7425584901</t>
+          <t>7425555400</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>с. Мньов, Чернігівський район, Чернігівська область</t>
+          <t>смт Михайло-Коцюбинське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 9</t>
+          <t>вулиця Садова, 60</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA74100250240059197</t>
+          <t>UA74100250010077513</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Мньов</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Михайло-Коцюбинське</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0462)683640</t>
+          <t>(0462)681418</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>mnev.skola01@ukr.net</t>
+          <t>MKGimnazija@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://mkocubynska-gromada.gov.ua/mnovska-zosh-iii-stupeniv-08-45-27-22-06-2020/</t>
+          <t>https://mkocubynska-gromada.gov.ua/mihajlokocjubinska-gimnaziya-08-48-44-22-06-2020/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Шпак Микола Миколайович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Новобілоуський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Мньовська філія Михайло-Коцюбинського ліцею Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>146275</v>
+        <v>146632</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Новобілоуський ліцей</t>
+          <t>Мньовська філія Михайло-Коцюбинського ліцею</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>7425585501</t>
+          <t>7425584901</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Новий Білоус, Чернігівський район, Чернігівська область</t>
+          <t>с. Мньов, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 3-А</t>
+          <t>вулиця Миру, 9</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA74100270010051718</t>
+          <t>UA74100250240059197</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Новий Білоус</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Мньов</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0462)688623</t>
+          <t>(0462)683640</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>bilousnew@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>mnev.skola01@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/mnovska-zosh-iii-stupeniv-08-45-27-22-06-2020/</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Ракута Вікторія Миколаївна</t>
+          <t>Директор Шпак Микола Миколайович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Олишівська загальноосвітня школа І-ІІІ ступенів Олишівської селищної ради Чернігівської області</t>
+          <t>Новобілоуський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>144731</v>
+        <v>146275</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Олишівська ЗОШ</t>
+          <t>Новобілоуський ліцей</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>7425555700</t>
+          <t>7425585501</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>смт Олишівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Новий Білоус, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 11</t>
+          <t>вулиця Троїцька, 3-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA74100290010097907</t>
+          <t>UA74100270010051718</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Олишівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Новий Білоус</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім`ї, молоді та спорту Олишівської селищної ради</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0462)680938</t>
+          <t>(0462)688623</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>olyshivkaschool2012@ukr.net</t>
+          <t>bilousnew@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Тетяна Олександрівна</t>
+          <t>Директор Ракута Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Пакульська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Олишівська загальноосвітня школа І-ІІІ ступенів Олишівської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>148337</v>
+        <v>144731</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Пакульська гімназія</t>
+          <t>Олишівська ЗОШ</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>7425586301</t>
+          <t>7425555700</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Пакуль, Чернігівський район, Чернігівська область</t>
+          <t>смт Олишівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 70</t>
+          <t>вулиця Шкільна, 11</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA74100250260024444</t>
+          <t>UA74100290010097907</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Пакуль</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Олишівка</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, сім`ї, молоді та спорту Олишівської селищної ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0462)682318</t>
+          <t>(0462)680938</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>pakulzosh@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>olyshivkaschool2012@ukr.net</t>
+        </is>
+      </c>
+      <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Дацюк Олег Васильович</t>
+          <t>Директор Шевченко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Петрушинська загальноосвітня школа І-ІІ ступенів Чернігівської районної ради Чернігівської області</t>
+          <t>Пакульська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>145702</v>
+        <v>148337</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D23" s="4"/>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>Пакульська гімназія</t>
+        </is>
+      </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>7425586901</t>
+          <t>7425586301</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Петрушин, Чернігівський район, Чернігівська область</t>
+          <t>с. Пакуль, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 56</t>
+          <t>вулиця Троїцька, 70</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA74100150110057658</t>
+          <t>UA74100250260024444</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Петрушин</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Пакуль</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської районної державної адміністрації</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(046)268-65-45</t>
+          <t>(0462)682318</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>petrushin-shkola@i.ua</t>
-[...2 lines deleted...]
-      <c r="S23" s="4"/>
+          <t>pakulzosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/pakulskij-zzso-iiii-st-09-48-27-28-09-2021/</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваль-Власова Віра Василівна</t>
+          <t>Директор Дацюк Олег Васильович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Пісківський навчально-виховний комплекс "загальноосвітня школа I ступеня - дошкільний навчальнй заклад" Чернігівської районної ради Чернігівської області</t>
+          <t>Петрушинська загальноосвітня школа І-ІІ ступенів Чернігівської районної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>146626</v>
+        <v>145702</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D24" s="4"/>
       <c r="E24" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>7425586601</t>
+          <t>7425586901</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
-          <t>с. Піски, Чернігівський район, Чернігівська область</t>
+          <t>с. Петрушин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 6</t>
+          <t>вулиця Чернігівська, 56</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA74100110140096912</t>
+          <t>UA74100150110057658</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Піски</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Петрушин</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Чернігівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0462)687482</t>
+          <t>(046)268-65-45</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>pnvk@i.ua</t>
+          <t>petrushin-shkola@i.ua</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Злидень Оксана Володимирівна</t>
+          <t>Директор Коваль-Власова Віра Василівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Редьківський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Пісківський навчально-виховний комплекс "загальноосвітня школа I ступеня - дошкільний навчальнй заклад" Чернігівської районної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>146590</v>
+        <v>146626</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Редьківський ліцей</t>
+          <t>Пісківський НВК</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>7425587401</t>
+          <t>7425586601</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Редьківка, Чернігівський район, Чернігівська область</t>
+          <t>с. Піски, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Процька, 8</t>
+          <t>вулиця Нова, 6</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA74100270080067093</t>
+          <t>UA74100110140096912</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Редьківка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Піски</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти Чернігівської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0462)687037</t>
+          <t>(0462)687482</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>redkivskiynvk@ukr.net</t>
+          <t>pnvk@i.ua</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лозова Алла Олександрівна</t>
+          <t>В.о. директора Злидень Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Роїщенська гімназія Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Редьківський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>144936</v>
+        <v>146590</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Роїщенська гімназія</t>
+          <t>Редьківський ліцей</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>7425587501</t>
+          <t>7425587401</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
-          <t>с. Роїще, Чернігівський район, Чернігівська область</t>
+          <t>с. Редьківка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
+          <t>вулиця Процька, 8</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA74100270120019288</t>
+          <t>UA74100270080067093</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Роїще</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Редьківка</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0462)688540</t>
+          <t>(0462)687037</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>roische_shkola@ukr.net</t>
+          <t>redkivskiynvk@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Орешко Тамара Петрівна</t>
+          <t>В.о. директора Лозова Алла Олександрівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Рудківська гімназія Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Роїщенська гімназія Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>144544</v>
+        <v>144936</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Рудківська гімназія</t>
+          <t>Роїщенська гімназія</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>7425587701</t>
+          <t>7425587501</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
-          <t>с. Рудка, Чернігівський район, Чернігівська область</t>
+          <t>с. Роїще, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2</t>
+          <t>вулиця Молодіжна, 2</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA74100270130080231</t>
+          <t>UA74100270120019288</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Рудка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Роїще</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0462)684140</t>
+          <t>(0462)688540</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>rydkaschkola@ukr.net</t>
+          <t>roische_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Деркач Любов Олексіївна</t>
+          <t>Директор Орешко Тамара Петрівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Седнівський ліцей Седнівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Рудківська гімназія Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>145925</v>
+        <v>144544</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Седнівський ліцей</t>
+          <t>Рудківська гімназія</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>7425556000</t>
+          <t>7425587701</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
-          <t>смт Седнів, Чернігівський район, Чернігівська область</t>
+          <t>с. Рудка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Глібова, 12</t>
+          <t>вулиця Перемоги, 2</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA74100350010014445</t>
+          <t>UA74100270130080231</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Седнів</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Рудка</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Седнівська селищна рада Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0462)682741, (0462)682738, (0462)682743</t>
+          <t>(0462)684140</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>sedniv.lyceum@gmail.com</t>
+          <t>rydkaschkola@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Пінчук Ірина Миколаївна</t>
+          <t>Директор Деркач Любов Олексіївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Слабинська гімназія Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Седнівський ліцей Седнівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>146589</v>
+        <v>145925</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Слабинська гімназія</t>
+          <t>Седнівський ліцей</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>7425588101</t>
+          <t>7425556000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
-          <t>с. Слабин, Чернігівський район, Чернігівська область</t>
+          <t>смт Седнів, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 9</t>
+          <t>вулиця Глібова, 12</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA74100030130069877</t>
+          <t>UA74100350010014445</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Слабин</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Седнів</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Седнівська селищна рада Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0462)688475</t>
+          <t>(0462)682741, (0462)682738, (0462)682743</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>schoolofslabin@bigmir.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sedniv.lyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Шкурко Людмила Леонідівна</t>
+          <t>Директор Денисенко Юрій Васильович</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Смолинська гімназія Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Слабинська гімназія Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>147638</v>
+        <v>146589</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Смолинська гімназія</t>
+          <t>Слабинська гімназія</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>7425588501</t>
+          <t>7425588101</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
-          <t>с. Смолин, Чернігівський район, Чернігівська область</t>
+          <t>с. Слабин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2А</t>
+          <t>вулиця Молодіжна, 9</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA74100030140019081</t>
+          <t>UA74100030130069877</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Смолин</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Слабин</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(098)8921347</t>
+          <t>(0462)688475</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>smolynschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S30" s="4"/>
+          <t>schoolofslabin@bigmir.net</t>
+        </is>
+      </c>
+      <c r="S30" s="4" t="inlineStr">
+        <is>
+          <t>http://slabyn-zosh.edukit.cn.ua</t>
+        </is>
+      </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Шабаль Тетяна Іванівна</t>
+          <t>Директор Шкурко Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Снов'янська гімназія Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Смолинська гімназія Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>145206</v>
+        <v>147638</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Снов'янська гімназія</t>
+          <t>Смолинська гімназія</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
-          <t>7425581004</t>
+          <t>7425588501</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
-          <t>с. Снов'янка, Чернігівський район, Чернігівська область</t>
+          <t>с. Смолин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 1-в</t>
+          <t>вулиця Перемоги, 2А</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
-          <t>UA74100150120043011</t>
+          <t>UA74100030140019081</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Снов’янка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Смолин</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, сім’ї, молоді та спорту Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0462)697968</t>
+          <t>(098)8921347</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>snovyanska_school@ukr.net</t>
+          <t>smolynschool@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Кислуха Олег Петрович</t>
+          <t>Директор Шабаль Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Старобілоуський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Снов'янська гімназія Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>146123</v>
+        <v>145206</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Старобілоуський ліцей</t>
+          <t>Снов'янська гімназія</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>7425588601</t>
+          <t>7425581004</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
-          <t>с. Старий Білоус, Чернігівський район, Чернігівська область</t>
+          <t>с. Снов'янка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 2</t>
+          <t>вулиця Лісова, 1-в</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA74100270160028470</t>
+          <t>UA74100150120043011</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Старий Білоус</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Снов’янка</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, культури, туризму, сім'ї, молоді та спорту Киселівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0462)696727</t>
+          <t>(0462)697968</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>sbilousschool_otg@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>snovyanska_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Пархоменко Сергій Григорович</t>
+          <t>Директор Кислуха Олег Петрович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Трисвятськослобідський ліцей імені Наталії Александрової Киїнської сільської ради</t>
+          <t>Старобілоуський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>146274</v>
+        <v>146123</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Трисвятськослобідський ліцей імені Наталії Александрової</t>
+          <t>Старобілоуський ліцей</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>7425586001</t>
+          <t>7425588601</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
-          <t>с. Трисвятська Слобода, Чернігівський район, Чернігівська область</t>
+          <t>с. Старий Білоус, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Волгоградська, 16-Б</t>
+          <t>вулиця Київська, 2</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
-          <t>UA74100130050060660</t>
+          <t>UA74100270160028470</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Трисвятська Слобода</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Старий Білоус</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0462)689807</t>
+          <t>(0462)696727</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>radasloboda@ukr.net</t>
+          <t>sbilousschool_otg@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://rsloboda.blogspot.com/</t>
+          <t>http://sbilousschool.at.ua</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Трейтяк Олександр Віталійович</t>
+          <t>Директор Пархоменко Сергій Григорович</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Халявинський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Трисвятськослобідський ліцей імені Наталії Александрової Киїнської сільської ради</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>145205</v>
+        <v>146274</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Халявинський ліцей</t>
+          <t>Трисвятськослобідський ліцей імені Наталії Александрової</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>7425589101</t>
+          <t>7425586001</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
-          <t>с. Халявин, Чернігівський район, Чернігівська область</t>
+          <t>с. Трисвятська Слобода, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 15-А</t>
+          <t>вулиця Волгоградська, 16-Б</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA74100270190086965</t>
+          <t>UA74100130050060660</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Халявин</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Трисвятська Слобода</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0462)689110</t>
+          <t>(0462)689807</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>Halyavin.school@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S34" s="4"/>
+          <t>radasloboda@ukr.net</t>
+        </is>
+      </c>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>https://rsloboda.blogspot.com/</t>
+        </is>
+      </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Кобзар Анатолій Васильович</t>
+          <t>Директор Трейтяк Олександр Віталійович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Хмільницький ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Халявинський ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>146325</v>
+        <v>145205</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Хмільницький ліцей</t>
+          <t>Халявинський ліцей</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
-          <t>7425589301</t>
+          <t>7425589101</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
-          <t>с. Хмільниця, Чернігівський район, Чернігівська область</t>
+          <t>с. Халявин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 15-А</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
-          <t>UA74100270200089899</t>
+          <t>UA74100270190086965</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Хмільниця</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Халявин</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0462)687640</t>
+          <t>(0462)689110</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>xmilnitskiy_nvk@ukr.net</t>
+          <t>Halyavin.school@gmail.com</t>
         </is>
       </c>
       <c r="S35" s="4"/>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гриценко Наталія Григорівна</t>
+          <t>Директор Кобзар Анатолій Васильович</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Шибиринівська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Хмільницький ліцей Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>145208</v>
+        <v>146325</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Шибиринівська гімназія</t>
+          <t>Хмільницький ліцей</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>7425589901</t>
+          <t>7425589301</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
-          <t>с. Шибиринівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Хмільниця, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 10</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA74100250380029777</t>
+          <t>UA74100270200089899</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Шибиринівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Хмільниця</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Відділ освіти Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0462)685245</t>
+          <t>(0462)687640</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>shybyrynivka.shool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>xmilnitskiy_nvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S36" s="4"/>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Ющенко Ольга Петрівна</t>
+          <t>В.о. директора Гриценко Наталія Григорівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="4" t="inlineStr">
+        <is>
+          <t>Шибиринівська гімназія Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+        </is>
+      </c>
+      <c r="B37" s="5" t="n">
+        <v>145208</v>
+      </c>
+      <c r="C37" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>Шибиринівська гімназія</t>
+        </is>
+      </c>
+      <c r="E37" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>гімназія</t>
+        </is>
+      </c>
+      <c r="G37" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H37" s="6" t="inlineStr">
+        <is>
+          <t>7425589901</t>
+        </is>
+      </c>
+      <c r="I37" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська область</t>
+        </is>
+      </c>
+      <c r="J37" s="4" t="inlineStr">
+        <is>
+          <t>с. Шибиринівка, Чернігівський район, Чернігівська область</t>
+        </is>
+      </c>
+      <c r="K37" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Садова, 10</t>
+        </is>
+      </c>
+      <c r="L37" s="6" t="inlineStr">
+        <is>
+          <t>UA74100250380029777</t>
+        </is>
+      </c>
+      <c r="M37" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Шибиринівка</t>
+        </is>
+      </c>
+      <c r="N37" s="7"/>
+      <c r="O37" s="4" t="inlineStr">
+        <is>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P37" s="4" t="inlineStr">
+        <is>
+          <t>(0462)685245</t>
+        </is>
+      </c>
+      <c r="Q37" s="4"/>
+      <c r="R37" s="4" t="inlineStr">
+        <is>
+          <t>shybyrynivka.shool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S37" s="4" t="inlineStr">
+        <is>
+          <t>https://mkocubynska-gromada.gov.ua/shibirinivska-zosh-iiii-stupeniv-08-47-22-22-06-2020/</t>
+        </is>
+      </c>
+      <c r="T37" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ющенко Ольга Петрівна</t>
+        </is>
+      </c>
+      <c r="U37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V37" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="W37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X37" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y37" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y36"/>
+  <autoFilter ref="A1:Y37"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>