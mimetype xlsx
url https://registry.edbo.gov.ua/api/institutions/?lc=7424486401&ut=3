--- v0 (2025-10-20)
+++ v1 (2026-02-23)
@@ -319,71 +319,67 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Новояриловицький ліцей Добрянської селищної ради</t>
+          <t>Новояриловицька філія Добрянського ліцею Добрянської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>145863</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Новояриловицький ліцей</t>
-[...6 lines deleted...]
-      </c>
+          <t>Новояриловицька філія Добрянського ліцею</t>
+        </is>
+      </c>
+      <c r="E2" s="4"/>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7424486401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Нові Яриловичі, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
@@ -404,56 +400,56 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Добрянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04641)46448</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nyskola@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://novi-yarylovychi-zosh.edukit.cn.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Глушак Дмитро Олександрович</t>
+          <t>Завідувач філією Глушак Дмитро Олександрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">