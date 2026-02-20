--- v0 (2025-12-22)
+++ v1 (2026-02-20)
@@ -363,51 +363,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7424456400</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Радуль, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Красна Площа, 30</t>
+          <t>вулиця Красна площа, 30</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA74100330030037029</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Радуль</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ріпкинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04641)48272</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">