--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04637)67398</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>N.Samyluk@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>mdivytsya.ucoz.net</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Черненко Наталія Олександрівна</t>
+          <t>Директор Миколенко Яна Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>