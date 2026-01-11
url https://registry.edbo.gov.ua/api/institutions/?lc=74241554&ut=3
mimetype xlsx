--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -319,131 +319,131 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Ладанський ліцей" Ладанської селищної ради</t>
+          <t>Комунальний заклад "Ладанський ліцей" Ладанської селищної ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>144134</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Ладанський ліцей</t>
+          <t>КЗ "Ладанський ліцей"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7424155400</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Ладан, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 114</t>
+          <t>вулиця Заводська, 30-В</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA74080050010027060</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, с-ще Ладан</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Ладанська селищна рада</t>
+          <t>Ладанська селищна рада Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04637)77265</t>
+          <t>(067)1493881</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ladangimnazia@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://ladanosvita.at.ua</t>
+          <t>https://ladanosvita.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Череп Андрій Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>