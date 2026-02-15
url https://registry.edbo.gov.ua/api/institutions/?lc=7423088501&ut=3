--- v0 (2025-10-17)
+++ v1 (2026-02-15)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, с. Стольне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04644)45440</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stolne.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Шумейко Олена Миколаївна</t>
+          <t>Директор Гузь Михайло Вікторович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>