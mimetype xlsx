--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Покровський заклад загальної середньої освіти I-III ступенів Менської міської ради</t>
+          <t>Покровська філія Менського опорного закладу загальної середньої освіти І-ІІІ ступенів ім.Т.Г.Шевченка Менської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>141456</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Покровський ЗЗСО І-ІІІ ступенів</t>
+          <t>Покровська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7423084001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Покровське, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Сіверська, 46</t>
@@ -400,56 +400,56 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, с. Покровське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04644)43590</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Zhovtneva46@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Олена Михайлівна</t>
+          <t>Завідувач філією Давиденко Олена Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">