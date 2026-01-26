--- v0 (2025-10-27)
+++ v1 (2026-01-26)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7422488701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Сядрине, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Білого, 79</t>
+          <t>вулиця Симона Петлюри, 79</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA74020010560054834</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, с. Сядрине</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04657)2-73-92</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">