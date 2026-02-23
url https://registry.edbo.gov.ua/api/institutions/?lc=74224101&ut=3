--- v0 (2025-10-14)
+++ v1 (2026-02-23)
@@ -507,51 +507,51 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA74020010010096225</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Корюківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04657)21323</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>korukivskagimnaziya@gmail.com</t>
+          <t>korukivskagimnazia@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://kor-gimnazija.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Остапенко Лариса Григорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>