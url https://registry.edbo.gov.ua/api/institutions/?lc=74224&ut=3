--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -729,51 +729,51 @@
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA74020010010096225</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Корюківка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04657)21323</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>korukivskagimnaziya@gmail.com</t>
+          <t>korukivskagimnazia@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://kor-gimnazija.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Остапенко Лариса Григорівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1477,51 +1477,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7422488701</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Сядрине, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Білого, 79</t>
+          <t>вулиця Симона Петлюри, 79</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA74020010560054834</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, с. Сядрине</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04657)2-73-92</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">