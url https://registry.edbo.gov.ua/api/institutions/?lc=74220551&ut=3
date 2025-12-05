--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -501,62 +501,62 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборності, 70</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA74100190010032782</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, сім`ї, молоді та спорту Козелецької селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(04646)4-12-94</t>
+          <t>(063)2472602</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>jevela@bigmir.net</t>
+          <t>kozlyceum2@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://kozelets-schol2.edukit.cn.ua</t>
+          <t>https://kozelets2.pp.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Розлач Оксана Григорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>