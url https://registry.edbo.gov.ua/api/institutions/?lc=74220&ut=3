--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с. Білейки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, сім`ї, молоді та спорту Козелецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04646)36530</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>belscul@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобровник Світлана Миколаївна</t>
+          <t>Директор Рогова Віра Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -1046,62 +1046,62 @@
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборності, 70</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA74100190010032782</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, сім`ї, молоді та спорту Козелецької селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04646)4-12-94</t>
+          <t>(063)2472602</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>jevela@bigmir.net</t>
+          <t>kozlyceum2@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://kozelets-schol2.edukit.cn.ua</t>
+          <t>https://kozelets2.pp.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Розлач Оксана Григорівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>