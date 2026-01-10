--- v0 (2025-11-05)
+++ v1 (2026-01-10)
@@ -396,51 +396,51 @@
         <is>
           <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(046)3321943</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасименко Людмила Віталіївна</t>
+          <t>Директор Глушко Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -505,51 +505,51 @@
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(046)3321885</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>dnz1ichnua@gmail.ru</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Чубук Людмила Олексіївна</t>
+          <t>Директор Оніщенко Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -655,51 +655,51 @@
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти № 5 (ясла-садок) Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>169244</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 5 Ічнянської міської ради</t>
+          <t>ЗДО № 5 ІЧНЯНСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7421710100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
@@ -719,51 +719,51 @@
         <is>
           <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(046)3321308</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Глушко Людмила Анатоліївна</t>
+          <t>Директор Євдокименко Вікторія Петрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>