--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -2503,51 +2503,51 @@
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Плисківської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(068)7488490</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>sivolozh@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
           <t>http://syvolozh-zosh.edukit.cn.ua/</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Лемешко Ярослав Сергійович</t>
+          <t>В.о. директора Секерня Олена Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">