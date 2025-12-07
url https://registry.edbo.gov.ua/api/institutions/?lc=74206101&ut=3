--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7420610100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Бобровиця, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця 30 років Перемоги, 155</t>
+          <t>вулиця Катериничів, 155</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA74040050010084586</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Ніжинський р-н, м. Бобровиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)6085980</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">