--- v0 (2025-10-31)
+++ v1 (2025-12-23)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Красненська філія І-ІІ ступенів Батуринської загальноосвітньої школи І-ІІІ ступенів імені Григорія Орлика Батуринської міської ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142478</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Красненська філія І-ІІ ст. Батуринської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7420385001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Красне, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Батуринська міська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04635)44417</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>crasne011214@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>krasnenskyec.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Коломієць Тетяна Володимирівна</t>
+          <t>Завідувач філією Вінник Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>