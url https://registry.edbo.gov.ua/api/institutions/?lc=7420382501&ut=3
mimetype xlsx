--- v0 (2025-10-21)
+++ v1 (2026-02-23)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Голінський ліцей Дмитрівської селищної ради Чернігівської області</t>
+          <t>Голінська філія Дмитрівського ліцею Дмитрівської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142138</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Голінський ліцей</t>
+          <t>Голінська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7420382501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Голінка, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 59</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Дмитрівська селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)4753371</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>school_golinka@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://golinka-zosh.cn.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Барташ Ніна Іванівна</t>
+          <t>Завідувач Барташ Ніна Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>