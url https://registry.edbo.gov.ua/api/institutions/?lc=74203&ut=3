--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -973,74 +973,74 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Голінський ліцей Дмитрівської селищної ради Чернігівської області</t>
+          <t>Голінська філія Дмитрівського ліцею Дмитрівської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>142138</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Голінський ліцей</t>
+          <t>Голінська філія</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7420382501</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Голінка, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 59</t>
@@ -1058,51 +1058,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Дмитрівська селищна рада</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(067)4753371</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>school_golinka@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://golinka-zosh.cn.sch.in.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Барташ Ніна Іванівна</t>
+          <t>Завідувач Барташ Ніна Іванівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">