--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -400,71 +400,71 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Чернігівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04637)50296</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>internat_pryluky@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Крамаренко Володимир Михайлович</t>
+          <t>Директор Мазепа Сергій Павлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад "Прилуцький навчально-реабілітаційний центр" Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>145951</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗ "Прилуцький НРЦ"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
@@ -550,51 +550,51 @@
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Прилуцька гімназія №10 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>144411</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №10</t>
+          <t>Прилуцька гімназія №10</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
@@ -622,51 +622,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04637)53414</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>znz10@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://liceym10.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Зімбалевська Юлія Петрівна</t>
+          <t>Директор Шевченко Галина Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -876,1032 +876,1032 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №2 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №14 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>144375</v>
+        <v>144437</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №2</t>
+          <t>Прилуцька гімназія №14</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ветеранська, 2</t>
+          <t>вулиця Садова, 106</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(04637)34196</t>
+          <t>(04637)33179</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>znz2@uopmr.gov.ua</t>
+          <t>znz14@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://bestschool2.at.ua</t>
+          <t>https://www.krocschool14.pp.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Сизенцова Тетяна Леонідівна</t>
+          <t>Директор Правдивець Максим Михайлович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №3 імені Сергія Гордійовича Шовкуна Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №2 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>144376</v>
+        <v>144375</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №3 ім. С.Г. Шовкуна</t>
+          <t>Прилуцька гімназія №2</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Саксаганського, 14</t>
+          <t>вулиця Ветеранська, 2</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04637)32043</t>
+          <t>(04637)34196</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>znz3@uopmr.gov.ua</t>
+          <t>znz2@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://priluki-school3.at.ua</t>
+          <t>http://bestschool2.at.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Самусенко Олександр Миколайович</t>
+          <t>Директор Сизенцова Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька загальноосвітня школа ІІ-ІІІ ступенів №15 м. Прилуки Чернігівської області</t>
+          <t>Прилуцька гімназія №3 імені Сергія Гордійовича Шовкуна Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>146033</v>
+        <v>144376</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D9" s="4"/>
+      <c r="D9" s="4" t="inlineStr">
+        <is>
+          <t>Прилуцька гімназія №3</t>
+        </is>
+      </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 234</t>
+          <t>вулиця Саксаганського, 14</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(046)375-39-75</t>
+          <t>(04637)32043</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>prilukischool15@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S9" s="4"/>
+          <t>znz3@uopmr.gov.ua</t>
+        </is>
+      </c>
+      <c r="S9" s="4" t="inlineStr">
+        <is>
+          <t>http://priluki-school3.at.ua</t>
+        </is>
+      </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Черніжевський Сергій Геннадійович</t>
+          <t>Директор Кошмар Віктор Сергійович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький заклад загальної середньої освіти І-ІІІ ступенів №6 (ліцей №6) Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №9 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>144456</v>
+        <v>145376</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №6</t>
+          <t>Прилуцька гімназія №9</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 232</t>
+          <t>провулок Фізкультурника, 24</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(04637)50130, (04637)53148</t>
+          <t>(04637)53211</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>znz6@uopmr.gov.ua</t>
+          <t>znz9@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://school6-priluki.inf.ua</t>
+          <t>http://priluki-school9.ucoz.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Самозван Дмитро Володимирович</t>
+          <t>Директор Коробка Олег Ігорович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький заклад загальної середньої освіти І-ІІІ ступенів №7 (ліцей № 7) Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька загальноосвітня школа ІІ-ІІІ ступенів №15 м. Прилуки Чернігівської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>144413</v>
+        <v>146033</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D11" s="4"/>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Небесної Сотні, 107</t>
+          <t>вулиця Київська, 234</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(04637)31571, (04637)37165, (04637)30133</t>
+          <t>(046)375-39-75</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>znz7@uopmr.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>prilukischool15@gmail.com</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондаренко Олена Володимирівна</t>
+          <t>Директор Черніжевський Сергій Геннадійович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей № 1 ім. Георгія Вороного Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький заклад загальної середньої освіти І-ІІІ ступенів №6 (ліцей №6) Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>145370</v>
+        <v>144456</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей № 1 ім. Г. Вороного</t>
+          <t>Ліцей №6</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 190</t>
+          <t>вулиця Київська, 232</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(04637)71703</t>
+          <t>(04637)50130, (04637)53148</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>znz1@uopmr.gov.ua</t>
+          <t>znz6@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://gimnasia1.at.ua</t>
+          <t>http://school6-priluki.inf.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Рогальова Олена Геннадіївна</t>
+          <t>Директор Самозван Дмитро Володимирович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №14 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький заклад загальної середньої освіти І-ІІІ ступенів №7 (ліцей № 7) Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>144437</v>
+        <v>144413</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №14</t>
+          <t>Ліцей №7</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 106</t>
+          <t>вулиця Небесної Сотні, 107</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(04637)33179</t>
+          <t>(04637)31571, (04637)37165, (04637)30133</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>znz14@uopmr.gov.ua</t>
+          <t>znz7@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://krocschool14.com.ua</t>
+          <t>http://school7.org</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Ященко Людмила Володимирівна</t>
+          <t>Директор Бондаренко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №5 імені Віктора Андрійовича Затолокіна Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький ліцей № 1 ім. Георгія Вороного Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>144410</v>
+        <v>145370</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №5</t>
+          <t>Прилуцький ліцей № 1 ім. Г. Вороного</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 22</t>
+          <t>вулиця Київська, 190</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(04637)32988, (04737)35302</t>
+          <t>(04637)71703</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>znz5@uopmr.gov.ua</t>
+          <t>znz1@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://gym5prk.at.ua</t>
+          <t>http://gimnasia1.at.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Бурлаку Наталія Олексіївна</t>
+          <t>Директор Рогальова Олена Геннадіївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №9 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький ліцей №5 імені Віктора Андрійовича Затолокіна Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>145376</v>
+        <v>144410</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №9</t>
+          <t>Прилуцький ліцей №5</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>провулок Фізкультурника, 24</t>
+          <t>вулиця Вокзальна, 22</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(04637)53211</t>
+          <t>(04637)32988, (04737)35302</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>znz9@uopmr.gov.ua</t>
+          <t>znz5@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://priluki-school9.ucoz.ua</t>
+          <t>http://gym5prk.at.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Симоненко Наталія Петрівна</t>
+          <t>Директор Зімбалевська Юлія Петрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">