--- v1 (2026-01-08)
+++ v2 (2026-02-23)
@@ -537,814 +537,814 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №10 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія № 14 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>144411</v>
+        <v>144437</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №10</t>
+          <t>Прилуцька гімназія № 14</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 375</t>
+          <t>вулиця Садова, 106</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(04637)53414</t>
+          <t>(04637)33179</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>znz10@uopmr.gov.ua</t>
+          <t>znz14@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://liceym10.e-schools.info/m/</t>
+          <t>https://www.krocschool14.pp.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Галина Анатоліївна</t>
+          <t>Директор Правдивець Максим Михайлович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №12 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія № 9 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>144412</v>
+        <v>145376</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №12</t>
+          <t>Прилуцька гімназія № 9</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Військове містечко, 12</t>
+          <t>провулок Фізкультурника, 24</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(04637)75445</t>
+          <t>(04637)53211</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>znz12@uopmr.gov.ua</t>
+          <t>znz9@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://gorodok12.at.ua</t>
+          <t>http://priluki-school9.ucoz.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Пилипенко Тетяна Віталіївна</t>
+          <t>Директор Коробка Олег Ігорович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №13 імені Святителя Іоасафа Бєлгородського Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №10 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>144438</v>
+        <v>144411</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №13</t>
+          <t>Прилуцька гімназія №10</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сорочинська, 36</t>
+          <t>вулиця Київська, 375</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(04637)74000</t>
+          <t>(04637)53414</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>znz13@uopmr.gov.ua</t>
+          <t>znz10@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://prschool13.ucoz.ua</t>
+          <t>https://liceym10.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Воронько Наталія Юріївна</t>
+          <t>Директор Шевченко Галина Анатоліївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №14 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №12 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>144437</v>
+        <v>144412</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №14</t>
+          <t>Прилуцька гімназія №12</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 106</t>
+          <t>мікрорайон Військове містечко, 12</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(04637)33179</t>
+          <t>(04637)75445</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>znz14@uopmr.gov.ua</t>
+          <t>znz12@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://www.krocschool14.pp.ua</t>
+          <t>http://gorodok12.at.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Правдивець Максим Михайлович</t>
+          <t>Директор Пилипенко Тетяна Віталіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №2 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №13 імені Святителя Іоасафа Бєлгородського Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>144375</v>
+        <v>144438</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №2</t>
+          <t>Прилуцька гімназія №13</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ветеранська, 2</t>
+          <t>вулиця Сорочинська, 36</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(04637)34196</t>
+          <t>(04637)74000</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>znz2@uopmr.gov.ua</t>
+          <t>znz13@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://bestschool2.at.ua</t>
+          <t>http://prschool13.ucoz.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Сизенцова Тетяна Леонідівна</t>
+          <t>Директор Воронько Наталія Юріївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №3 імені Сергія Гордійовича Шовкуна Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №2 Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>144376</v>
+        <v>144375</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №3</t>
+          <t>Прилуцька гімназія №2</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Саксаганського, 14</t>
+          <t>вулиця Ветеранська, 2</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(04637)32043</t>
+          <t>(04637)34196</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>znz3@uopmr.gov.ua</t>
+          <t>znz2@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://priluki-school3.at.ua</t>
+          <t>http://bestschool2.at.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошмар Віктор Сергійович</t>
+          <t>Директор Сизенцова Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №9 Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцька гімназія №3 імені Сергія Гордійовича Шовкуна Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>145376</v>
+        <v>144376</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Прилуцька гімназія №9</t>
+          <t>Прилуцька гімназія №3</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>провулок Фізкультурника, 24</t>
+          <t>вулиця Саксаганського, 14</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(04637)53211</t>
+          <t>(04637)32043</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>znz9@uopmr.gov.ua</t>
+          <t>znz3@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://priluki-school9.ucoz.ua</t>
+          <t>http://priluki-school3.at.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Коробка Олег Ігорович</t>
+          <t>Директор Кошмар Віктор Сергійович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1659,249 +1659,249 @@
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей № 1 ім. Георгія Вороного Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький ліцей № 5 імені Віктора Андрійовича Затолокіна Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>145370</v>
+        <v>144410</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей № 1 ім. Г. Вороного</t>
+          <t>Прилуцький ліцей № 5</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 190</t>
+          <t>вулиця Вокзальна, 22</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(04637)71703</t>
+          <t>(04637)32988, (04737)35302</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>znz1@uopmr.gov.ua</t>
+          <t>znz5@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://gimnasia1.at.ua</t>
+          <t>http://gym5prk.at.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Рогальова Олена Геннадіївна</t>
+          <t>Директор Зімбалевська Юлія Петрівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №5 імені Віктора Андрійовича Затолокіна Прилуцької міської ради Чернігівської області</t>
+          <t>Прилуцький ліцей №1 ім. Георгія Вороного Прилуцької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>144410</v>
+        <v>145370</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Прилуцький ліцей №5</t>
+          <t>Прилуцький ліцей №1 ім. Г. Вороного</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>7410700000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Прилуки, Чернігівська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 22</t>
+          <t>вулиця Київська, 190</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA74080130010045104</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Прилуки</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Прилуцької міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(04637)32988, (04737)35302</t>
+          <t>(04637)71703</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>znz5@uopmr.gov.ua</t>
+          <t>znz1@uopmr.gov.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://gym5prk.at.ua</t>
+          <t>http://gimnasia1.at.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Зімбалевська Юлія Петрівна</t>
+          <t>Директор Рогальова Олена Геннадіївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">