--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -593,51 +593,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>7410400000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Ніжин, Чернігівська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Станіслава Прощенко, 54</t>
+          <t>вулиця Станіслава Прощенка, 54</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA74040250010023991</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Ніжин</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Ніжинської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04631)41527</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
@@ -681,51 +681,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Ніжинська гімназія №11 Ніжинської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>142319</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Ніжинська гімназія №11</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7410400000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Ніжин, Чернігівська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Євлашівська, 73</t>
@@ -1185,51 +1185,51 @@
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA74040250010023991</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Ніжин</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Ніжинської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(04631)31203</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>nnvk16-nizhyn@ukr.net</t>
+          <t>gimnasiya16-nizhyn@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://nvk16-nizhyn.uo.gov.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Солдатенко Тамара Іванівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1497,51 +1497,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7410400000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Ніжин, Чернігівська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Станіслава Прощенко, 6-А</t>
+          <t>вулиця Станіслава Прощенка, 6-А</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA74040250010023991</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Ніжин</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Ніжинської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04631)7-19-13</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
@@ -1637,51 +1637,51 @@
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA74040250010023991</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., м. Ніжин</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Ніжинської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04631)2-37-57</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>zosh5-nizhyn5@ukr.net</t>
+          <t>gimnasia5-nizhyn@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>http://gymnasium5-nizhyn.uo.gov.ua/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Мартинова Лариса Віталіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>