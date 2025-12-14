--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -735,51 +735,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0462)664263</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>Chernigiv14@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-14</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Хоменко Ірина Миколаївна</t>
+          <t>Директор Саматова Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -1639,51 +1639,51 @@
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(0462)641198</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>chernigiv06@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-6</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Поважук Галина Юріївна</t>
+          <t>Директор Ющенко Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">