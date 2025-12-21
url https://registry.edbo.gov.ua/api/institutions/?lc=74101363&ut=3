--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1526,51 +1526,51 @@
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04622)37098</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>chernigiv030@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-30</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Родімченко Ольга Борисівна</t>
+          <t>Директор Нестеренко Софія Анатоліївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -2204,51 +2204,51 @@
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0462)727052</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>chernigiv19@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
           <t>https://chernigiv-school-19.jimdofree.com/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Шелупець Людмила Григорівна</t>
+          <t>Директор Кармазіна Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">