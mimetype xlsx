--- v0 (2025-11-15)
+++ v1 (2026-02-13)
@@ -1512,51 +1512,51 @@
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0462)664263</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>Chernigiv14@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-14</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Хоменко Ірина Миколаївна</t>
+          <t>Директор Саматова Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -2642,51 +2642,51 @@
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(04622)37098</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>chernigiv030@gmail.com</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-30</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Родімченко Ольга Борисівна</t>
+          <t>Директор Нестеренко Софія Анатоліївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
@@ -3546,51 +3546,51 @@
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(0462)641198</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>chernigiv06@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
           <t>http://osvita.ch.ua/navchalni_zakladi/zagalnyoosvitni/znz-6</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Поважук Галина Юріївна</t>
+          <t>Директор Ющенко Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
@@ -3998,51 +3998,51 @@
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернігівської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
           <t>(0462)727052</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
           <t>chernigiv19@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
           <t>https://chernigiv-school-19.jimdofree.com/</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Шелупець Людмила Григорівна</t>
+          <t>Директор Кармазіна Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">