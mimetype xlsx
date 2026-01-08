--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$368</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$366</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y368"/>
+  <dimension ref="A1:Y366"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -13467,122 +13467,126 @@
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
           <t>Заклад дошкільної освіти "Веселка" с. Високе Височанської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
         <v>169447</v>
       </c>
-      <c r="C128" s="6"/>
+      <c r="C128" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
           <t>7420881201</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>с. Високе, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 77</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
           <t>UA74040110010012603</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Ніжинський р-н, с. Високе</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Височанської сільської ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>0972421114</t>
+          <t>(097)2421114</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
           <t>visokesad@gmail.com</t>
         </is>
       </c>
       <c r="S128" s="4"/>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Пархоменко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
@@ -14572,22927 +14576,22745 @@
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Ромашка" с. Головеньки Височанської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Капітошка" Івковецької сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>169448</v>
+        <v>169325</v>
       </c>
       <c r="C139" s="6"/>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Ромашка" с. Головеньки Височанської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Голубівський ДНЗ "Капітошка"</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>7420881601</t>
+          <t>7424183703</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
-          <t>с. Головеньки, Борзнянський район, Чернігівська область</t>
+          <t>с. Голубівка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Квітнева, 2</t>
-[...3 lines deleted...]
-      <c r="M139" s="4"/>
+          <t>вулиця Златоустівська, 37</t>
+        </is>
+      </c>
+      <c r="L139" s="6" t="inlineStr">
+        <is>
+          <t>UA74080050020025814</t>
+        </is>
+      </c>
+      <c r="M139" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Голубівка</t>
+        </is>
+      </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Височанської сільської ради Ніжинського району Чернігівської області</t>
-[...2 lines deleted...]
-      <c r="P139" s="4"/>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+        </is>
+      </c>
+      <c r="P139" s="4" t="inlineStr">
+        <is>
+          <t>0956080642</t>
+        </is>
+      </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>kovalenkot422@gmail.com</t>
+          <t>gkapitoshka@ukr.net</t>
         </is>
       </c>
       <c r="S139" s="4"/>
       <c r="T139" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Капітошка" Івковецької сільської ради Прилуцького району Чернігівської області</t>
+          <t>Комунальний дошкільний навчальний заклад "Лісова казка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>169325</v>
+        <v>169423</v>
       </c>
       <c r="C140" s="6"/>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>Голубівський ДНЗ "Капітошка"</t>
+          <t>Комунальний дошкільний навчальний заклад "Лісова казка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>7424183703</t>
+          <t>7425555200</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
-          <t>с. Голубівка, Прилуцький район, Чернігівська область</t>
+          <t>смт Гончарівське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Златоустівська, 37</t>
+          <t>вулиця Танкістів, 54А</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA74080050020025814</t>
+          <t>UA74100030010092910</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Голубівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Гончарівське</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>0956080642</t>
+          <t>(063)6172664</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>gkapitoshka@ukr.net</t>
+          <t>lisovakazka123@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4"/>
       <c r="T140" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад "Лісова казка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>комунальний заклад "Горбівський заклад дошкільної освіти "Сонечко" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>169423</v>
+        <v>169280</v>
       </c>
       <c r="C141" s="6"/>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад "Лісова казка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>КЗ "Горбівський ЗДО "Сонечко" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>7425555200</t>
+          <t>7422782501</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
-          <t>смт Гончарівське, Чернігівський район, Чернігівська область</t>
+          <t>с. Горбове, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Танкістів, 54А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Перемоги, 1А</t>
+        </is>
+      </c>
+      <c r="L141" s="6"/>
+      <c r="M141" s="4"/>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P141" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P141" s="4"/>
       <c r="Q141" s="4"/>
-      <c r="R141" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R141" s="4"/>
       <c r="S141" s="4"/>
       <c r="T141" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Горбівський заклад дошкільної освіти "Сонечко" Куликівської селищної ради"</t>
+          <t>Горобіївський заклад дошкільної освіти "Струмочок" Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>169280</v>
+        <v>169362</v>
       </c>
       <c r="C142" s="6"/>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Горбівський ЗДО "Сонечко" Куликівської селищної ради"</t>
+          <t>Горобіївський ЗДО "Струмочок</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>7422782501</t>
+          <t>7425182301</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
-          <t>с. Горбове, Куликівський район, Чернігівська область</t>
+          <t>с. Горобіївка, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 1А</t>
+          <t>вулиця Шкільна, 26</t>
         </is>
       </c>
       <c r="L142" s="6"/>
       <c r="M142" s="4"/>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P142" s="4"/>
       <c r="Q142" s="4"/>
-      <c r="R142" s="4"/>
+      <c r="R142" s="4" t="inlineStr">
+        <is>
+          <t>zdo.strumochok@gmail.com</t>
+        </is>
+      </c>
       <c r="S142" s="4"/>
       <c r="T142" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Горобіївський заклад дошкільної освіти "Струмочок" Срібнянської селищної ради Чернігівської області</t>
+          <t>КЗ Городнянський ліцей Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>169362</v>
+        <v>176186</v>
       </c>
       <c r="C143" s="6"/>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Горобіївський ЗДО "Струмочок</t>
+          <t>КЗ Городнянський ліцей Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>7425182301</t>
+          <t>7421410100</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
-          <t>с. Горобіївка, Срібнянський район, Чернігівська область</t>
-[...8 lines deleted...]
-      <c r="M143" s="4"/>
+          <t>Городня, Городнянський район, Чернігівська область</t>
+        </is>
+      </c>
+      <c r="K143" s="4"/>
+      <c r="L143" s="6" t="inlineStr">
+        <is>
+          <t>UA74100050010035827</t>
+        </is>
+      </c>
+      <c r="M143" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, м. Городня</t>
+        </is>
+      </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P143" s="4"/>
       <c r="Q143" s="4"/>
-      <c r="R143" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R143" s="4"/>
       <c r="S143" s="4"/>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>КЗ Городнянський ліцей Чернігівської обласної ради</t>
+          <t>Комунальний заклад "Городнянський ясла-садок №4" Городнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>176186</v>
+        <v>169230</v>
       </c>
       <c r="C144" s="6"/>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>КЗ Городнянський ліцей Чернігівської обласної ради</t>
+          <t>Городнянський ясла-садок №4</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
           <t>7421410100</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Городня, Городнянський район, Чернігівська область</t>
         </is>
       </c>
-      <c r="K144" s="4"/>
+      <c r="K144" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Свято-Миколаївська, 4</t>
+        </is>
+      </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
           <t>UA74100050010035827</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, м. Городня</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P144" s="4"/>
+      <c r="P144" s="4" t="inlineStr">
+        <is>
+          <t>(04645)21854</t>
+        </is>
+      </c>
       <c r="Q144" s="4"/>
-      <c r="R144" s="4"/>
+      <c r="R144" s="4" t="inlineStr">
+        <is>
+          <t>sadok4@ukr.net</t>
+        </is>
+      </c>
       <c r="S144" s="4"/>
       <c r="T144" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Городнянський ясла-садок №4" Городнянської міської ради Чернігівської області</t>
+          <t>Комунальний заклад "Городнянський ясла-садок№1" Городнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>169230</v>
+        <v>169229</v>
       </c>
       <c r="C145" s="6"/>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Городнянський ясла-садок №4</t>
+          <t>Городнянський ясла-садок№1</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
           <t>7421410100</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Городня, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Миколаївська, 4</t>
+          <t>вулиця Максимівська, 2</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
           <t>UA74100050010035827</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, м. Городня</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(04645)21854</t>
+          <t>(04645)2-17-49</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>sadok4@ukr.net</t>
+          <t>deti2012@meta.ua</t>
         </is>
       </c>
       <c r="S145" s="4"/>
       <c r="T145" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Городнянський ясла-садок№1" Городнянської міської ради Чернігівської області</t>
+          <t>Грем'яцький дошкільний навчальний заклад "Сонечко" Грем'яцької сільської ради Новгород-Сіверського району Чернігівської області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>169229</v>
+        <v>169461</v>
       </c>
       <c r="C146" s="6"/>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Городнянський ясла-садок№1</t>
+          <t>Грем'яцький дошкільний навчальний заклад "Сонечко" Грем'яцької сільської ради Новгород-Сіверського району Чернігівської області</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>7421410100</t>
+          <t>7423683201</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
-          <t>Городня, Городнянський район, Чернігівська область</t>
+          <t>с. Грем'яч, Новгород-Сіверський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця Максимівська, 2</t>
+          <t>вулиця Миру, 202</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA74100050010035827</t>
+          <t>UA74060030230045749</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, м. Городня</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Грем’яч</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(04645)2-17-49</t>
+          <t>0950502275</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
-          <t>deti2012@meta.ua</t>
+          <t>yatslena1974@ukr.net</t>
         </is>
       </c>
       <c r="S146" s="4"/>
       <c r="T146" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Грем'яцький дошкільний навчальний заклад "Сонечко" Грем'яцької сільської ради Новгород-Сіверського району Чернігівської області</t>
+          <t>ГРиціівський заклад дошкільноі освіти "Журавлик" Срібнянськоі селищноі ради Срібнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>169461</v>
+        <v>169358</v>
       </c>
       <c r="C147" s="6"/>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Грем'яцький дошкільний навчальний заклад "Сонечко" Грем'яцької сільської ради Новгород-Сіверського району Чернігівської області</t>
+          <t>Гриціївський ЗДО"Журавлик"</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>7423683201</t>
+          <t>7425182501</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
-          <t>с. Грем'яч, Новгород-Сіверський район, Чернігівська область</t>
+          <t>с. Гриціївка, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 202</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця НЕзалежності, 26</t>
+        </is>
+      </c>
+      <c r="L147" s="6"/>
+      <c r="M147" s="4"/>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P147" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P147" s="4"/>
       <c r="Q147" s="4"/>
-      <c r="R147" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R147" s="4"/>
       <c r="S147" s="4"/>
       <c r="T147" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>ГРиціівський заклад дошкільноі освіти "Журавлик" Срібнянськоі селищноі ради Срібнянського району Чернігівської області</t>
+          <t>Гужівський заклад дошкільної освіти Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>169358</v>
-[...1 lines deleted...]
-      <c r="C148" s="6"/>
+        <v>169253</v>
+      </c>
+      <c r="C148" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Гриціївський ЗДО"Журавлик"</t>
+          <t>ЗДО с. Гужівка</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>7425182501</t>
+          <t>7421783601</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
-          <t>с. Гриціївка, Срібнянський район, Чернігівська область</t>
+          <t>с. Гужівка, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
-          <t>вулиця НЕзалежності, 26</t>
-[...3 lines deleted...]
-      <c r="M148" s="4"/>
+          <t>вулиця Шкільна, 26</t>
+        </is>
+      </c>
+      <c r="L148" s="6" t="inlineStr">
+        <is>
+          <t>UA74080030190032414</t>
+        </is>
+      </c>
+      <c r="M148" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Гужівка</t>
+        </is>
+      </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P148" s="4"/>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P148" s="4" t="inlineStr">
+        <is>
+          <t>(099)5363731</t>
+        </is>
+      </c>
       <c r="Q148" s="4"/>
-      <c r="R148" s="4"/>
+      <c r="R148" s="4" t="inlineStr">
+        <is>
+          <t>ludmilapopova@773gmail.com</t>
+        </is>
+      </c>
       <c r="S148" s="4"/>
       <c r="T148" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Попова Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Гужівський заклад дошкільної освіти Ічнянської міської ради</t>
+          <t>Гурбинський заклад дошкільної освіти "Малятко" Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>169253</v>
-[...5 lines deleted...]
-      </c>
+        <v>169360</v>
+      </c>
+      <c r="C149" s="6"/>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>ЗДО с. Гужівка</t>
+          <t>Гурбинський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
-          <t>7421783601</t>
+          <t>7425183001</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
-          <t>с. Гужівка, Ічнянський район, Чернігівська область</t>
+          <t>с. Гурбинці, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 26</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 19</t>
+        </is>
+      </c>
+      <c r="L149" s="6"/>
+      <c r="M149" s="4"/>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P149" s="4"/>
       <c r="Q149" s="4"/>
-      <c r="R149" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R149" s="4"/>
       <c r="S149" s="4"/>
       <c r="T149" s="4" t="inlineStr">
         <is>
-          <t>Директор Попова Людмила Олександрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Гурбинський заклад дошкільної освіти "Малятко" Срібнянської селищної ради Чернігівської області</t>
+          <t>Данівський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>169360</v>
+        <v>169269</v>
       </c>
       <c r="C150" s="6"/>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Гурбинський ЗДО "Малятко"</t>
+          <t>Данівський ЗДО</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>7425183001</t>
+          <t>7422082401</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
-          <t>с. Гурбинці, Срібнянський район, Чернігівська область</t>
+          <t>с. Данівка, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 19</t>
+          <t>вулиця Центральна, 118А</t>
         </is>
       </c>
       <c r="L150" s="6"/>
       <c r="M150" s="4"/>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P150" s="4"/>
       <c r="Q150" s="4"/>
       <c r="R150" s="4"/>
       <c r="S150" s="4"/>
       <c r="T150" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Данівський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Росинка" Дащенківської сільської ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>169269</v>
+        <v>169225</v>
       </c>
       <c r="C151" s="6"/>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Данівський ЗДО</t>
+          <t>ДНЗ "Росинка"</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
-          <t>7422082401</t>
+          <t>7421181601</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
-          <t>с. Данівка, Козелецький район, Чернігівська область</t>
+          <t>с. Дащенки, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 118А</t>
-[...3 lines deleted...]
-      <c r="M151" s="4"/>
+          <t>вулиця Лесі Українки, 30</t>
+        </is>
+      </c>
+      <c r="L151" s="6" t="inlineStr">
+        <is>
+          <t>UA74080010110038506</t>
+        </is>
+      </c>
+      <c r="M151" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Дащенки</t>
+        </is>
+      </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P151" s="4"/>
+      <c r="P151" s="4" t="inlineStr">
+        <is>
+          <t>(04636)2-55-25</t>
+        </is>
+      </c>
       <c r="Q151" s="4"/>
-      <c r="R151" s="4"/>
+      <c r="R151" s="4" t="inlineStr">
+        <is>
+          <t>dashchenki@ukr.net</t>
+        </is>
+      </c>
       <c r="S151" s="4"/>
       <c r="T151" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Росинка" Дащенківської сільської ради Варвинського району Чернігівської області</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Деревинської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>169225</v>
+        <v>169233</v>
       </c>
       <c r="C152" s="6"/>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Росинка"</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Деревинської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
-          <t>7421181601</t>
+          <t>7421483601</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
-          <t>с. Дащенки, Варвинський район, Чернігівська область</t>
+          <t>с. Деревини, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 30</t>
+          <t>вулиця Миру, 147</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
-          <t>UA74080010110038506</t>
+          <t>UA74100050170058219</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Дащенки</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Деревини</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P152" s="4"/>
       <c r="Q152" s="4"/>
-      <c r="R152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R152" s="4"/>
       <c r="S152" s="4"/>
       <c r="T152" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Деревинської ЗОШ І-ІІІ ст.</t>
+          <t>Деснянський дошкільний навчальний заклад №1 комбінованого типу Деснянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>169233</v>
+        <v>169264</v>
       </c>
       <c r="C153" s="6"/>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Деревинської ЗОШ І-ІІІ ст.</t>
+          <t>Деснянський ДНЗ №1 комбінованого типу</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
-          <t>7421483601</t>
+          <t>7422055400</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
-          <t>с. Деревини, Городнянський район, Чернігівська область</t>
+          <t>смт Десна, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 147</t>
+          <t>вулиця Довженка, 24</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
-          <t>UA74100050170058219</t>
+          <t>UA74100070010092411</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Деревини</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Десна</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P153" s="4"/>
+      <c r="P153" s="4" t="inlineStr">
+        <is>
+          <t>04646-46189</t>
+        </is>
+      </c>
       <c r="Q153" s="4"/>
-      <c r="R153" s="4"/>
+      <c r="R153" s="4" t="inlineStr">
+        <is>
+          <t>dnz1.metodist@gmail.com</t>
+        </is>
+      </c>
       <c r="S153" s="4"/>
       <c r="T153" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Деснянський дошкільний навчальний заклад №1 комбінованого типу Деснянської селищної ради Чернігівської області</t>
+          <t>Структурний підрозділ в/ч А3435 "Деснянський заклад дошкільної освіти №3 загального розвитку"</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>169264</v>
+        <v>169263</v>
       </c>
       <c r="C154" s="6"/>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>Деснянський ДНЗ №1 комбінованого типу</t>
+          <t>ЗДО №3</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
           <t>7422055400</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
           <t>смт Десна, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довженка, 24</t>
+          <t>вулиця Довженка, 50-А</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
           <t>UA74100070010092411</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Десна</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P154" s="4"/>
       <c r="Q154" s="4"/>
-      <c r="R154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R154" s="4"/>
       <c r="S154" s="4"/>
       <c r="T154" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Структурний підрозділ в/ч А3435 "Деснянський заклад дошкільної освіти №3 загального розвитку"</t>
+          <t>Структурний підрозділ вч А1414"Заклад дошкільної освіти №2 загального розвитку"</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>169263</v>
+        <v>169262</v>
       </c>
       <c r="C155" s="6"/>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №3</t>
+          <t>ЗДО №2 при в/ч А1414</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
           <t>7422055400</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
           <t>смт Десна, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довженка, 50-А</t>
+          <t>вулиця Довженка, 48А</t>
         </is>
       </c>
       <c r="L155" s="6" t="inlineStr">
         <is>
           <t>UA74100070010092411</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Десна</t>
         </is>
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P155" s="4"/>
       <c r="Q155" s="4"/>
       <c r="R155" s="4"/>
-      <c r="S155" s="4"/>
+      <c r="S155" s="4" t="inlineStr">
+        <is>
+          <t>desnamalyatko@ukr.net</t>
+        </is>
+      </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Структурний підрозділ вч А1414"Заклад дошкільної освіти №2 загального розвитку"</t>
+          <t>Деснянський дошкільний навчальний заклад "Казка" Деснянської сільської ради</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>169262</v>
+        <v>169957</v>
       </c>
       <c r="C156" s="6"/>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №2 при в/ч А1414</t>
+          <t>Деснянський ДНЗ"Казка"</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
-          <t>7422055400</t>
+          <t>7422288601</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
-          <t>смт Десна, Козелецький район, Чернігівська область</t>
+          <t>с. Деснянське, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довженка, 48А</t>
+          <t>вулиця Деснянська, 50А</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
-          <t>UA74100070010092411</t>
+          <t>UA74060050050098273</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Десна</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Деснянське</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P156" s="4"/>
       <c r="Q156" s="4"/>
       <c r="R156" s="4"/>
-      <c r="S156" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S156" s="4"/>
       <c r="T156" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Деснянський дошкільний навчальний заклад "Казка" Деснянської сільської ради</t>
+          <t>Дігтярівський заклад дошкільної освіти "Сонечко" Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>169957</v>
+        <v>169355</v>
       </c>
       <c r="C157" s="6"/>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Деснянський ДНЗ"Казка"</t>
+          <t>Дігтярівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
-          <t>7422288601</t>
+          <t>7425155400</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
-          <t>с. Деснянське, Коропський район, Чернігівська область</t>
+          <t>смт Дігтярі, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Деснянська, 50А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 2</t>
+        </is>
+      </c>
+      <c r="L157" s="6"/>
+      <c r="M157" s="4"/>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P157" s="4"/>
       <c r="Q157" s="4"/>
       <c r="R157" s="4"/>
       <c r="S157" s="4"/>
       <c r="T157" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Дігтярівський заклад дошкільної освіти "Сонечко" Срібнянської селищної ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Барвінок" загального типу Дідовецької сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>169355</v>
+        <v>169318</v>
       </c>
       <c r="C158" s="6"/>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Дігтярівський ЗДО "Сонечко"</t>
+          <t>Дідівський ДНЗ "Барвінок"</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
-          <t>7425155400</t>
+          <t>7424182201</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
-          <t>смт Дігтярі, Срібнянський район, Чернігівська область</t>
+          <t>с. Дідівці, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>провулок Луговий, 5</t>
         </is>
       </c>
       <c r="L158" s="6"/>
       <c r="M158" s="4"/>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P158" s="4"/>
       <c r="Q158" s="4"/>
-      <c r="R158" s="4"/>
+      <c r="R158" s="4" t="inlineStr">
+        <is>
+          <t>lordlichi@i.ua</t>
+        </is>
+      </c>
       <c r="S158" s="4"/>
       <c r="T158" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Барвінок" загального типу Дідовецької сільської ради Прилуцького району Чернігівської області</t>
+          <t>Дмитрівський дошкільний навчальний заклад (ясла-садок) "Сонечко" Дмитрівської селищної ради Бахмацького району Чернігівської області</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>169318</v>
+        <v>171662</v>
       </c>
       <c r="C159" s="6"/>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Дідівський ДНЗ "Барвінок"</t>
+          <t>Дмитрівський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
-          <t>7424182201</t>
+          <t>7420355600</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
-          <t>с. Дідівці, Прилуцький район, Чернігівська область</t>
+          <t>смт Дмитрівка, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>провулок Луговий, 5</t>
-[...3 lines deleted...]
-      <c r="M159" s="4"/>
+          <t>вулиця Незалежності, 35</t>
+        </is>
+      </c>
+      <c r="L159" s="6" t="inlineStr">
+        <is>
+          <t>UA74040130010044564</t>
+        </is>
+      </c>
+      <c r="M159" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, с-ще Дмитрівка</t>
+        </is>
+      </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P159" s="4"/>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>lordlichi@i.ua</t>
+          <t>lihonv@gmail.com</t>
         </is>
       </c>
       <c r="S159" s="4"/>
       <c r="T159" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Дмитрівський дошкільний навчальний заклад (ясла-садок) "Сонечко" Дмитрівської селищної ради Бахмацького району Чернігівської області</t>
+          <t>Дніпровський комунальний заклад дошкільної освіти "Світлячок" Михайло - Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>171662</v>
+        <v>169439</v>
       </c>
       <c r="C160" s="6"/>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>Дмитрівський ДНЗ "Сонечко"</t>
+          <t>Дніпровський ЗДО "Світлячок"</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
-          <t>7420355600</t>
+          <t>7425581601</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
-          <t>смт Дмитрівка, Бахмацький район, Чернігівська область</t>
+          <t>с. Дніпровське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 35</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 33</t>
+        </is>
+      </c>
+      <c r="L160" s="6"/>
+      <c r="M160" s="4"/>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P160" s="4"/>
       <c r="Q160" s="4"/>
-      <c r="R160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R160" s="4"/>
       <c r="S160" s="4"/>
       <c r="T160" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Дніпровський комунальний заклад дошкільної освіти "Світлячок" Михайло - Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Добрянський ясла-сад №1 "Івушка"</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>169439</v>
+        <v>169977</v>
       </c>
       <c r="C161" s="6"/>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Дніпровський ЗДО "Світлячок"</t>
+          <t>Добрянський ясла-сад №1 "Івушка"</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>7425581601</t>
+          <t>7424455400</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
-          <t>с. Дніпровське, Чернігівський район, Чернігівська область</t>
+          <t>смт Добрянка, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 33</t>
-[...3 lines deleted...]
-      <c r="M161" s="4"/>
+          <t>вулиця Центральна, 156</t>
+        </is>
+      </c>
+      <c r="L161" s="6" t="inlineStr">
+        <is>
+          <t>UA74100090010095098</t>
+        </is>
+      </c>
+      <c r="M161" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Добрянка</t>
+        </is>
+      </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P161" s="4"/>
       <c r="Q161" s="4"/>
       <c r="R161" s="4"/>
-      <c r="S161" s="4"/>
+      <c r="S161" s="4" t="inlineStr">
+        <is>
+          <t>немає</t>
+        </is>
+      </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Добрянський ясла-сад №1 "Івушка"</t>
+          <t>Дошкільний навчальний заклад ДП "Добрянське лісове господарство"</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>169977</v>
+        <v>169978</v>
       </c>
       <c r="C162" s="6"/>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>Добрянський ясла-сад №1 "Івушка"</t>
+          <t>ДНЗ ДП "ДЛГ"</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
           <t>7424455400</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
           <t>смт Добрянка, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 156</t>
+          <t>вулиця Поліська, 83</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
           <t>UA74100090010095098</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Добрянка</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P162" s="4"/>
       <c r="Q162" s="4"/>
       <c r="R162" s="4"/>
       <c r="S162" s="4" t="inlineStr">
         <is>
-          <t>немає</t>
+          <t>Не має</t>
         </is>
       </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ДП "Добрянське лісове господарство"</t>
+          <t>Довжицький НВК Хмільницької сільської радиЧернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>169978</v>
+        <v>169438</v>
       </c>
       <c r="C163" s="6"/>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ ДП "ДЛГ"</t>
+          <t>Довжицький НВК Хмільницької сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>7424455400</t>
+          <t>7425581901</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
-          <t>смт Добрянка, Ріпкинський район, Чернігівська область</t>
+          <t>с. Довжик, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поліська, 83</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Чернігівська, 2а</t>
+        </is>
+      </c>
+      <c r="L163" s="6"/>
+      <c r="M163" s="4"/>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P163" s="4"/>
+          <t>Відділ освіти Чернігівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P163" s="4" t="inlineStr">
+        <is>
+          <t>(063)1452976</t>
+        </is>
+      </c>
       <c r="Q163" s="4"/>
-      <c r="R163" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R163" s="4" t="inlineStr">
+        <is>
+          <t>dovzhyk.nvk1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S163" s="4"/>
       <c r="T163" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Довжицький НВК Хмільницької сільської радиЧернігівського району Чернігівської області</t>
+          <t>комунальний заклад "Дрімайлівський заклад дошкільної освіти "Колосок" Куликівської селищної ради".</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>169438</v>
+        <v>169286</v>
       </c>
       <c r="C164" s="6"/>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Довжицький НВК Хмільницької сільської ради Чернігівського району Чернігівської області</t>
+          <t>КЗ"Дрімайлівський ЗДО"Колосок" Куликівської селищної ради".</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>7425581901</t>
+          <t>7422783501</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
-          <t>с. Довжик, Чернігівський район, Чернігівська область</t>
+          <t>с. Дрімайлівка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 2а</t>
+          <t>вулиця С.Парубця, 1</t>
         </is>
       </c>
       <c r="L164" s="6"/>
       <c r="M164" s="4"/>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернігівської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P164" s="4"/>
       <c r="Q164" s="4"/>
-      <c r="R164" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R164" s="4"/>
       <c r="S164" s="4"/>
       <c r="T164" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Дрімайлівський заклад дошкільної освіти "Колосок" Куликівської селищної ради".</t>
+          <t>Комунальний заклад "Дроздівський заклад дошкільної освіти "Золотий ключик" Куликівської селищної ради</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>169286</v>
+        <v>169284</v>
       </c>
       <c r="C165" s="6"/>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Дрімайлівський ЗДО"Колосок" Куликівської селищної ради".</t>
+          <t>КЗ "Дроздівський ЗДО "Золотий ключик" Куликівської селищної ради.</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
-          <t>7422783501</t>
+          <t>7422784001</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
-          <t>с. Дрімайлівка, Куликівський район, Чернігівська область</t>
+          <t>с. Дроздівка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>вулиця С.Парубця, 1</t>
+          <t>вулиця Довгого, 136</t>
         </is>
       </c>
       <c r="L165" s="6"/>
       <c r="M165" s="4"/>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P165" s="4"/>
       <c r="Q165" s="4"/>
       <c r="R165" s="4"/>
       <c r="S165" s="4"/>
       <c r="T165" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дроздівський заклад дошкільної освіти "Золотий ключик" Куликівської селищної ради</t>
+          <t>Дошкільний навчальний заклад "Антошка" Військова частина А1479 Міністерство Оборони України</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>169284</v>
+        <v>169246</v>
       </c>
       <c r="C166" s="6"/>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Дроздівський ЗДО "Золотий ключик" Куликівської селищної ради.</t>
+          <t>ДНЗ "Антошка"</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
-          <t>7422784001</t>
+          <t>7421755300</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
-          <t>с. Дроздівка, Куликівський район, Чернігівська область</t>
+          <t>смт Дружба, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довгого, 136</t>
+          <t>вулиця Стадіонна, 9</t>
         </is>
       </c>
       <c r="L166" s="6"/>
       <c r="M166" s="4"/>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P166" s="4"/>
+      <c r="P166" s="4" t="inlineStr">
+        <is>
+          <t>0964377881</t>
+        </is>
+      </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4"/>
-      <c r="S166" s="4"/>
+      <c r="S166" s="4" t="inlineStr">
+        <is>
+          <t>reusalisa5@gmail.com</t>
+        </is>
+      </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Антошка" Військова частина А1479 Міністерство Оборони України</t>
+          <t>Дягівський заклад дошкільної освіти (дитячий садок) "Веселка" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>169246</v>
-[...1 lines deleted...]
-      <c r="C167" s="6"/>
+        <v>169302</v>
+      </c>
+      <c r="C167" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Антошка"</t>
+          <t>Дягівський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
-          <t>7421755300</t>
+          <t>7423083501</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
-          <t>смт Дружба, Ічнянський район, Чернігівська область</t>
+          <t>с. Дягова, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
-          <t>вулиця Стадіонна, 9</t>
-[...3 lines deleted...]
-      <c r="M167" s="4"/>
+          <t>вулиця Покровська, 17</t>
+        </is>
+      </c>
+      <c r="L167" s="6" t="inlineStr">
+        <is>
+          <t>UA74020030140010042</t>
+        </is>
+      </c>
+      <c r="M167" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, с. Дягова</t>
+        </is>
+      </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>0964377881</t>
+          <t>(063)9607141</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4"/>
-      <c r="S167" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S167" s="4"/>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Гапон Тамара Федорівна</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Дягівський заклад дошкільної освіти (дитячий садок) "Веселка" загального типу Менської міської ради</t>
+          <t>Євминський дошкільний навчальний заклад загального розвитку</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>169302</v>
-[...5 lines deleted...]
-      </c>
+        <v>175131</v>
+      </c>
+      <c r="C168" s="6"/>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Дягівський ЗДО "Веселка"</t>
+          <t>Євминський ДНЗ</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>7423083501</t>
+          <t>7422082701</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
-          <t>с. Дягова, Менський район, Чернігівська область</t>
+          <t>с. Євминка, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 17</t>
+          <t>вулиця Київська, 175</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA74020030140010042</t>
+          <t>UA74100310080040889</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Дягова</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Євминка</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P168" s="4"/>
       <c r="Q168" s="4"/>
       <c r="R168" s="4"/>
       <c r="S168" s="4"/>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>Директор Гапон Тамара Федорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Євминський дошкільний навчальний заклад загального розвитку</t>
+          <t>Жадівський дошкільний навчальний заклад "Казковий"</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>175131</v>
+        <v>169339</v>
       </c>
       <c r="C169" s="6"/>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Євминський ДНЗ</t>
+          <t>ДНЗ</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
-          <t>7422082701</t>
+          <t>7424781501</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
-          <t>с. Євминка, Козелецький район, Чернігівська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Жадове, Семенівський район, Чернігівська область</t>
+        </is>
+      </c>
+      <c r="K169" s="4"/>
       <c r="L169" s="6" t="inlineStr">
         <is>
-          <t>UA74100310080040889</t>
+          <t>UA74060070160021599</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Євминка</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Жадове</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Семенівської районної державної адміністрації Чернігівської області</t>
         </is>
       </c>
       <c r="P169" s="4"/>
       <c r="Q169" s="4"/>
       <c r="R169" s="4"/>
-      <c r="S169" s="4"/>
+      <c r="S169" s="4" t="inlineStr">
+        <is>
+          <t>Zhadovdnz@ukr.net</t>
+        </is>
+      </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Жадівський дошкільний навчальний заклад "Казковий"</t>
+          <t>Комунальний заклад "Жуківський заклад дошкільної освіти "Веселка" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>169339</v>
+        <v>169285</v>
       </c>
       <c r="C170" s="6"/>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ</t>
+          <t>КЗ "Жуківський ЗДО "Веселка" Кулківської селищної ради".</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
-          <t>7424781501</t>
+          <t>7422784501</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
-          <t>с. Жадове, Семенівський район, Чернігівська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Жуківка, Куликівський район, Чернігівська область</t>
+        </is>
+      </c>
+      <c r="K170" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Центральна, 84А</t>
+        </is>
+      </c>
+      <c r="L170" s="6"/>
+      <c r="M170" s="4"/>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Семенівської районної державної адміністрації Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P170" s="4"/>
       <c r="Q170" s="4"/>
       <c r="R170" s="4"/>
-      <c r="S170" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S170" s="4"/>
       <c r="T170" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Жуківський заклад дошкільної освіти "Веселка" Куликівської селищної ради"</t>
+          <t>Дошкільний навчальний заклад "Журавлик" Журавської сільської ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>169285</v>
+        <v>169216</v>
       </c>
       <c r="C171" s="6"/>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Жуківський ЗДО "Веселка" Кулківської селищної ради".</t>
+          <t>ДНЗ "Журавлик"</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
-          <t>7422784501</t>
+          <t>7421182001</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
-          <t>с. Жуківка, Куликівський район, Чернігівська область</t>
+          <t>с. Журавка, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 84А</t>
-[...3 lines deleted...]
-      <c r="M171" s="4"/>
+          <t>вулиця Лісова, 13а</t>
+        </is>
+      </c>
+      <c r="L171" s="6" t="inlineStr">
+        <is>
+          <t>UA74080010120095119</t>
+        </is>
+      </c>
+      <c r="M171" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Журавка</t>
+        </is>
+      </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P171" s="4"/>
+      <c r="P171" s="4" t="inlineStr">
+        <is>
+          <t>0660000453</t>
+        </is>
+      </c>
       <c r="Q171" s="4"/>
-      <c r="R171" s="4"/>
+      <c r="R171" s="4" t="inlineStr">
+        <is>
+          <t>dnz_zhuravka@ukr.net</t>
+        </is>
+      </c>
       <c r="S171" s="4"/>
       <c r="T171" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Журавлик" Журавської сільської ради Варвинського району Чернігівської області</t>
+          <t>Загребельський заклад дошкільної освіти (дитячий садок)"Джерельце" загалього типу Сосницької селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>169216</v>
-[...1 lines deleted...]
-      <c r="C172" s="6"/>
+        <v>169353</v>
+      </c>
+      <c r="C172" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Журавлик"</t>
+          <t>Загребельський ЗДО "Джерельце"</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>7421182001</t>
+          <t>7424982501</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
-          <t>с. Журавка, Варвинський район, Чернігівська область</t>
+          <t>с. Загребелля, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K172" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 13а</t>
+          <t>вулиця Шевченка, 40а</t>
         </is>
       </c>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA74080010120095119</t>
+          <t>UA74020070120087419</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Журавка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Загребелля</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
         </is>
       </c>
       <c r="P172" s="4" t="inlineStr">
         <is>
-          <t>0660000453</t>
+          <t>(04655)20232</t>
         </is>
       </c>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>dnz_zhuravka@ukr.net</t>
+          <t>dnzadamenko@gmail.com</t>
         </is>
       </c>
       <c r="S172" s="4"/>
       <c r="T172" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Адаменко Любов Григорівна</t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Загребельський заклад дошкільної освіти (дитячий садок)"Джерельце" загалього типу Сосницької селищної ради Чернігівської області</t>
+          <t>Замглайський ясла - сад "Малятко"</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>169353</v>
-[...5 lines deleted...]
-      </c>
+        <v>169981</v>
+      </c>
+      <c r="C173" s="6"/>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Загребельський ЗДО "Джерельце"</t>
+          <t>ясла- сад "Малятко"</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>7424982501</t>
+          <t>7424455700</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
-          <t>с. Загребелля, Сосницький район, Чернігівська область</t>
+          <t>смт Замглай, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 40а</t>
+          <t>вулиця Лісова, 17</t>
         </is>
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA74020070120087419</t>
+          <t>UA74100330020065133</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Загребелля</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Замглай</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>(04655)20232</t>
+          <t>(04641)40219</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>dnzadamenko@gmail.com</t>
+          <t>zavdnz75@gmail.com</t>
         </is>
       </c>
       <c r="S173" s="4"/>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t> Адаменко Любов Григорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Замглайський ясла - сад "Малятко"</t>
+          <t>Комунальний дошкільний навчальний заклад "Барвінок" Прилуцької районної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>169981</v>
+        <v>174627</v>
       </c>
       <c r="C174" s="6"/>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>ясла- сад "Малятко"</t>
+          <t>"ДНЗ "Барінок"</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
-          <t>7424455700</t>
+          <t>7424183201</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
-          <t>смт Замглай, Ріпкинський район, Чернігівська область</t>
+          <t>с. Замістя, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 17</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 1</t>
+        </is>
+      </c>
+      <c r="L174" s="6"/>
+      <c r="M174" s="4"/>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>(04641)40219</t>
+          <t>(099)7530571</t>
         </is>
       </c>
       <c r="Q174" s="4"/>
       <c r="R174" s="4" t="inlineStr">
         <is>
-          <t>zavdnz75@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S174" s="4"/>
+          <t>natasha-kazacker@ukr.net; zonad6825@ukr.net</t>
+        </is>
+      </c>
+      <c r="S174" s="4" t="inlineStr">
+        <is>
+          <t>dnzbarvinok.ukoz.net</t>
+        </is>
+      </c>
       <c r="T174" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад "Барвінок" Прилуцької районної ради Чернігівської області</t>
+          <t>Заудайський заклад дошкільної освіти "Зернятко" Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>174627</v>
-[...1 lines deleted...]
-      <c r="C175" s="6"/>
+        <v>172765</v>
+      </c>
+      <c r="C175" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>"ДНЗ "Барінок"</t>
+          <t>ЗДО "Зернятко" с. Заудайка</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>7424183201</t>
+          <t>7421784401</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
-          <t>с. Замістя, Прилуцький район, Чернігівська область</t>
+          <t>с. Заудайка, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
-[...3 lines deleted...]
-      <c r="M175" s="4"/>
+          <t>вулиця Шкільна, 41</t>
+        </is>
+      </c>
+      <c r="L175" s="6" t="inlineStr">
+        <is>
+          <t>UA74080030230078944</t>
+        </is>
+      </c>
+      <c r="M175" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Заудайка</t>
+        </is>
+      </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>(099)7530571</t>
+          <t>(067)1018333</t>
         </is>
       </c>
       <c r="Q175" s="4"/>
       <c r="R175" s="4" t="inlineStr">
         <is>
-          <t>natasha-kazacker@ukr.net; zonad6825@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school1928@ukr.net</t>
+        </is>
+      </c>
+      <c r="S175" s="4"/>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Шара Олена Миколаївна</t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Заудайський заклад дошкільної освіти "Зернятко" Ічнянської міської ради</t>
+          <t>Дошкільний навчальний заклад "Ягідка" Змітнівської сільської ради</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>172765</v>
+        <v>169350</v>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Зернятко" с. Заудайка</t>
+          <t>ДНЗ"Ягідка"</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
-          <t>7421784401</t>
+          <t>7424983001</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
-          <t>с. Заудайка, Ічнянський район, Чернігівська область</t>
+          <t>с. Змітнів, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 41</t>
+          <t>вулиця Шевченка, 59а</t>
         </is>
       </c>
       <c r="L176" s="6" t="inlineStr">
         <is>
-          <t>UA74080030230078944</t>
+          <t>UA74020070130079812</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Заудайка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Змітнів</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>(067)1018333</t>
+          <t>0465523328</t>
         </is>
       </c>
       <c r="Q176" s="4"/>
       <c r="R176" s="4" t="inlineStr">
         <is>
-          <t>school1928@ukr.net</t>
+          <t>yagidkasadik@gmail.com</t>
         </is>
       </c>
       <c r="S176" s="4"/>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t>Директор Шара Олена Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Ягідка" Змітнівської сільської ради</t>
+          <t>Івангородський заклад дошкільної освіти "Сонечко" Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>169350</v>
+        <v>169256</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ"Ягідка"</t>
+          <t>ЗДО "Сонечко" с. Івангород</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>7424983001</t>
+          <t>7421784801</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
-          <t>с. Змітнів, Сосницький район, Чернігівська область</t>
+          <t>с. Івангород, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 59а</t>
+          <t>вулиця Незалежності, 101</t>
         </is>
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
-          <t>UA74020070130079812</t>
+          <t>UA74080030250051214</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Змітнів</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Івангород</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>0465523328</t>
+          <t>(068)0453812</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
-      <c r="R177" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R177" s="4"/>
       <c r="S177" s="4"/>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Дорошенко Людмила Григорівна</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Івангородський заклад дошкільної освіти "Сонечко" Ічнянської міської ради</t>
+          <t>Іваницький дошкільний навчальний заклад "Сонечко" Парафіївської селищної ради</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>169256</v>
-[...5 lines deleted...]
-      </c>
+        <v>169245</v>
+      </c>
+      <c r="C178" s="6"/>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко" с. Івангород</t>
+          <t>Іваницький ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
-          <t>7421784801</t>
+          <t>7421785201</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
-          <t>с. Івангород, Ічнянський район, Чернігівська область</t>
+          <t>с. Іваниця, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 101</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця П. Жовторіпенка, 16</t>
+        </is>
+      </c>
+      <c r="L178" s="6"/>
+      <c r="M178" s="4"/>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+          <t>Парафіївська селищна рада</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(068)0453812</t>
+          <t>(096)0762219</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4"/>
       <c r="S178" s="4"/>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Директор Дорошенко Людмила Григорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Іваницький дошкільний навчальний заклад "Сонечко" Парафіївської селищної ради</t>
+          <t>Іванівський заклад дошкільної освіти "Веселковий" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>169245</v>
-[...1 lines deleted...]
-      <c r="C179" s="6"/>
+        <v>169338</v>
+      </c>
+      <c r="C179" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Іваницький ДНЗ "Сонечко"</t>
+          <t>Іванівський ЗДО "Веселковий"</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
-          <t>7421785201</t>
+          <t>7424782003</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
-          <t>с. Іваниця, Ічнянський район, Чернігівська область</t>
+          <t>с. Іванпуть, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>вулиця П. Жовторіпенка, 16</t>
-[...3 lines deleted...]
-      <c r="M179" s="4"/>
+          <t>вулиця Молодіжна, 2</t>
+        </is>
+      </c>
+      <c r="L179" s="6" t="inlineStr">
+        <is>
+          <t>UA74060070690087114</t>
+        </is>
+      </c>
+      <c r="M179" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с-ще Іванпуть</t>
+        </is>
+      </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
-          <t>Парафіївська селищна рада</t>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(096)0762219</t>
+          <t>(04659)24397</t>
         </is>
       </c>
       <c r="Q179" s="4"/>
-      <c r="R179" s="4"/>
+      <c r="R179" s="4" t="inlineStr">
+        <is>
+          <t>Sveta.Zhovt@ukr.net</t>
+        </is>
+      </c>
       <c r="S179" s="4"/>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Жовтобрюх Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Іванівський заклад дошкільної освіти "Веселковий" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Івашківської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>169338</v>
-[...5 lines deleted...]
-      </c>
+        <v>169235</v>
+      </c>
+      <c r="C180" s="6"/>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Іванівський ЗДО "Веселковий"</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Івашківської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
-          <t>7424782003</t>
+          <t>7421484401</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
-          <t>с. Іванпуть, Семенівський район, Чернігівська область</t>
+          <t>с. Івашківка, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Центральна, 2</t>
+        </is>
+      </c>
+      <c r="L180" s="6"/>
+      <c r="M180" s="4"/>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P180" s="4"/>
       <c r="Q180" s="4"/>
-      <c r="R180" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R180" s="4"/>
       <c r="S180" s="4"/>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t>Директор Жовтобрюх Світлана Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Івашківської ЗОШ І-ІІІ ст.</t>
+          <t>Дошкільний навчальний заклад "Малятко" загального типу Івковецької сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>169235</v>
+        <v>169324</v>
       </c>
       <c r="C181" s="6"/>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Івашківської ЗОШ І-ІІІ ст.</t>
+          <t>Івківський ДНЗ "Малятко"</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
-          <t>7421484401</t>
+          <t>7424183701</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
-          <t>с. Івашківка, Городнянський район, Чернігівська область</t>
+          <t>с. Івківці, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
-[...3 lines deleted...]
-      <c r="M181" s="4"/>
+          <t>вулиця Прилуцька, 3</t>
+        </is>
+      </c>
+      <c r="L181" s="6" t="inlineStr">
+        <is>
+          <t>UA74080050030033797</t>
+        </is>
+      </c>
+      <c r="M181" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Івківці</t>
+        </is>
+      </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P181" s="4"/>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+        </is>
+      </c>
+      <c r="P181" s="4" t="inlineStr">
+        <is>
+          <t>(04637)62226</t>
+        </is>
+      </c>
       <c r="Q181" s="4"/>
-      <c r="R181" s="4"/>
+      <c r="R181" s="4" t="inlineStr">
+        <is>
+          <t>ivkivsi-sadochok@ukr.net</t>
+        </is>
+      </c>
       <c r="S181" s="4"/>
       <c r="T181" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Малятко" загального типу Івковецької сільської ради Прилуцького району Чернігівської області</t>
+          <t>Іржавецький заклад дошкільної освіти "Веселка" Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>169324</v>
-[...1 lines deleted...]
-      <c r="C182" s="6"/>
+        <v>169254</v>
+      </c>
+      <c r="C182" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Івківський ДНЗ "Малятко"</t>
+          <t>ЗДО "Веселка" с. Іржавець</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
-          <t>7424183701</t>
+          <t>7421785601</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
-          <t>с. Івківці, Прилуцький район, Чернігівська область</t>
+          <t>с. Іржавець, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прилуцька, 3</t>
+          <t>вулиця Т. Шевченка, 69</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
-          <t>UA74080050030033797</t>
+          <t>UA74080030260015044</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Івківці</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Іржавець</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
-          <t>(04637)62226</t>
+          <t>(067)3970934</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
-      <c r="R182" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R182" s="4"/>
       <c r="S182" s="4"/>
       <c r="T182" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Горова Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Іржавецький заклад дошкільної освіти "Веселка" Ічнянської міської ради</t>
+          <t>Дошкільний навчальний заклад №3 м. Ічня Ічнянської міської ради Ічнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>169254</v>
+        <v>169241</v>
       </c>
       <c r="C183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Веселка" с. Іржавець</t>
+          <t>ДНЗ №3 м. Ічня</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
-          <t>7421785601</t>
+          <t>7421710100</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
-          <t>с. Іржавець, Ічнянський район, Чернігівська область</t>
+          <t>Ічня, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>вулиця Т. Шевченка, 69</t>
+          <t>вулиця Тарновських, 29</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
-          <t>UA74080030260015044</t>
+          <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Іржавець</t>
+          <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P183" s="4" t="inlineStr">
         <is>
-          <t>(067)3970934</t>
+          <t>(046)3321943</t>
         </is>
       </c>
       <c r="Q183" s="4"/>
       <c r="R183" s="4"/>
       <c r="S183" s="4"/>
       <c r="T183" s="4" t="inlineStr">
         <is>
-          <t>Директор Горова Наталія Олексіївна</t>
+          <t>Директор Глушко Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №3 м. Ічня Ічнянської міської ради Ічнянського району Чернігівської області</t>
+          <t>Заклад дошкільної освіти № 1 ( ясла - садок) Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>169241</v>
+        <v>169243</v>
       </c>
       <c r="C184" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №3 м. Ічня</t>
+          <t>ЗДО №1 (ясла-садок) Ічнянської міської ради</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
           <t>7421710100</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>Ічня, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тарновських, 29</t>
+          <t>вулиця Чернігівська, 24</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>(046)3321943</t>
+          <t>(046)3321885</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
-      <c r="R184" s="4"/>
+      <c r="R184" s="4" t="inlineStr">
+        <is>
+          <t>dnz1ichnua@gmail.ru</t>
+        </is>
+      </c>
       <c r="S184" s="4"/>
       <c r="T184" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасименко Людмила Віталіївна</t>
+          <t>Директор Оніщенко Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 1 ( ясла - садок) Ічнянської міської ради</t>
+          <t>Заклад дошкільної освіти № 2 (ясла-садок) Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>169243</v>
+        <v>169242</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>ЗДО №1 (ясла-садок) Ічнянської міської ради</t>
+          <t>ЗДО № 2 Ічнянської міської ради</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
           <t>7421710100</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>Ічня, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 24</t>
+          <t>вулиця Нікольська, 12</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
           <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
-          <t>(046)3321885</t>
+          <t>(046)3321104</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>dnz1ichnua@gmail.ru</t>
+          <t>saranchuk.mila@gmail.ru</t>
         </is>
       </c>
       <c r="S185" s="4"/>
       <c r="T185" s="4" t="inlineStr">
         <is>
-          <t>Директор Чубук Людмила Олексіївна</t>
+          <t>Директор Саранчук Людмила Василівна</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 2 (ясла-садок) Ічнянської міської ради</t>
+          <t>Заклад дошкільної освіти № 5 (ясла-садок) Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>169242</v>
+        <v>169244</v>
       </c>
       <c r="C186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 2 Ічнянської міської ради</t>
+          <t>ЗДО № 5 ІЧНЯНСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
           <t>7421710100</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
           <t>Ічня, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нікольська, 12</t>
+          <t>вулиця Трудова, 16</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
           <t>UA74080030010061043</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, м. Ічня</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P186" s="4" t="inlineStr">
         <is>
-          <t>(046)3321104</t>
+          <t>(046)3321308</t>
         </is>
       </c>
       <c r="Q186" s="4"/>
-      <c r="R186" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R186" s="4"/>
       <c r="S186" s="4"/>
       <c r="T186" s="4" t="inlineStr">
         <is>
-          <t>Директор Саранчук Людмила Василівна</t>
+          <t>Директор Євдокименко Вікторія Петрівна</t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти № 5 (ясла-садок) Ічнянської міської ради</t>
+          <t>Заклад дошкільної освіти "Барвінок" Варвинської селищної ради Варвинського району Чернігівської області.</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>169244</v>
-[...5 lines deleted...]
-      </c>
+        <v>169228</v>
+      </c>
+      <c r="C187" s="6"/>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>ЗДО № 5 Ічнянської міської ради</t>
+          <t>ЗДО "Барвінок"</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>7421710100</t>
+          <t>7421182401</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
-          <t>Ічня, Ічнянський район, Чернігівська область</t>
+          <t>с. Калиновиця, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Трудова, 16</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Вишнева, 22</t>
+        </is>
+      </c>
+      <c r="L187" s="6"/>
+      <c r="M187" s="4"/>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+          <t>Відділ освіти Варвинської селищної ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(046)3321308</t>
+          <t>(38)0955088405</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
       <c r="R187" s="4"/>
       <c r="S187" s="4"/>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Глушко Людмила Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Барвінок" Варвинської селищної ради Варвинського району Чернігівської області.</t>
+          <t>Дошкільний навчальний заклад "Веселка" загального типу Канівщинської сільської ради Чернігівської обл., Прилуцького р-н.</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>169228</v>
+        <v>169326</v>
       </c>
       <c r="C188" s="6"/>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Барвінок"</t>
+          <t>Канівщинський ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
-          <t>7421182401</t>
+          <t>7424184001</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
-          <t>с. Калиновиця, Варвинський район, Чернігівська область</t>
+          <t>с. Канівщина, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 22</t>
+          <t>вулиця Григорія Степанюка, 35А</t>
         </is>
       </c>
       <c r="L188" s="6"/>
       <c r="M188" s="4"/>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Варвинської селищної ради Прилуцького району Чернігівської області</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(38)0955088405</t>
+          <t>(380)682082627</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
-      <c r="R188" s="4"/>
-      <c r="S188" s="4"/>
+      <c r="R188" s="4" t="inlineStr">
+        <is>
+          <t>dnzveselkayana@gmail.com</t>
+        </is>
+      </c>
+      <c r="S188" s="4" t="inlineStr">
+        <is>
+          <t>https://www.facebook.com/groups/372162906958271/</t>
+        </is>
+      </c>
       <c r="T188" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Веселка" загального типу Канівщинської сільської ради Чернігівської обл., Прилуцького р-н.</t>
+          <t>Карильський дошкільний навчальний заклад (дитячий садок) Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>169326</v>
+        <v>169954</v>
       </c>
       <c r="C189" s="6"/>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>Канівщинський ДНЗ "Веселка"</t>
+          <t>Карильський ДНЗ</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>7424184001</t>
+          <t>7422283001</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
-          <t>с. Канівщина, Прилуцький район, Чернігівська область</t>
+          <t>с. Карильське, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця Григорія Степанюка, 35А</t>
+          <t>вулиця Центральна, 16а</t>
         </is>
       </c>
       <c r="L189" s="6"/>
       <c r="M189" s="4"/>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Коропської селищної ради</t>
+        </is>
+      </c>
+      <c r="P189" s="4"/>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>dnzveselkayana@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vtelelejko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S189" s="4"/>
       <c r="T189" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Карильський дошкільний навчальний заклад (дитячий садок) Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Карпилівський заклад дошкільної освіти загального розвитку Деснянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>169954</v>
+        <v>169268</v>
       </c>
       <c r="C190" s="6"/>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Карильський ДНЗ</t>
+          <t>Карпилівський ЗДО</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
-          <t>7422283001</t>
+          <t>7422083001</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
-          <t>с. Карильське, Коропський район, Чернігівська область</t>
+          <t>с. Карпилівка, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 16а</t>
+          <t>вулиця Центральна, 102-Г</t>
         </is>
       </c>
       <c r="L190" s="6"/>
       <c r="M190" s="4"/>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
-[...2 lines deleted...]
-      <c r="P190" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P190" s="4" t="inlineStr">
+        <is>
+          <t>0950937321</t>
+        </is>
+      </c>
       <c r="Q190" s="4"/>
-      <c r="R190" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R190" s="4"/>
       <c r="S190" s="4"/>
       <c r="T190" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Карпилівський заклад дошкільної освіти загального розвитку Деснянської селищної ради Чернігівської області</t>
+          <t>Карпилівський заклад дошкільної освіти "Казка" Срібнянської селещної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>169268</v>
+        <v>169361</v>
       </c>
       <c r="C191" s="6"/>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Карпилівський ЗДО</t>
+          <t>Карпилівський ЗДО "Казка"</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
-          <t>7422083001</t>
+          <t>7425185001</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
-          <t>с. Карпилівка, Козелецький район, Чернігівська область</t>
+          <t>с. Карпилівка, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 102-Г</t>
+          <t>вулиця Миру, 47</t>
         </is>
       </c>
       <c r="L191" s="6"/>
       <c r="M191" s="4"/>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P191" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P191" s="4"/>
       <c r="Q191" s="4"/>
       <c r="R191" s="4"/>
       <c r="S191" s="4"/>
       <c r="T191" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Карпилівський заклад дошкільної освіти "Казка" Срібнянської селещної ради Чернігівської області</t>
+          <t>Кархівський комунальний дошкільний навчальний заклад "Мандаринка" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>169361</v>
+        <v>172535</v>
       </c>
       <c r="C192" s="6"/>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Карпилівський ЗДО "Казка"</t>
+          <t>Кархівський ДНЗ</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
-          <t>7425185001</t>
+          <t>7425583101</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
-          <t>с. Карпилівка, Срібнянський район, Чернігівська область</t>
+          <t>с. Кархівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 47</t>
+          <t>вулиця Дружби, 187-А</t>
         </is>
       </c>
       <c r="L192" s="6"/>
       <c r="M192" s="4"/>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P192" s="4"/>
       <c r="Q192" s="4"/>
       <c r="R192" s="4"/>
-      <c r="S192" s="4"/>
+      <c r="S192" s="4" t="inlineStr">
+        <is>
+          <t>mandarinkazdo@ukr.net</t>
+        </is>
+      </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Кархівський комунальний дошкільний навчальний заклад "Мандаринка" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Киїнський заклад дошкільної освіти ясла-садок "Малятко" Киїнської сільської ради</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>172535</v>
+        <v>169424</v>
       </c>
       <c r="C193" s="6"/>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Кархівський ДНЗ</t>
+          <t>Киїнський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
-          <t>7425583101</t>
+          <t>7425583401</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
-          <t>с. Кархівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Киїнка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби, 187-А</t>
-[...3 lines deleted...]
-      <c r="M193" s="4"/>
+          <t>вулиця Нова, 1</t>
+        </is>
+      </c>
+      <c r="L193" s="6" t="inlineStr">
+        <is>
+          <t>UA74100130010068937</t>
+        </is>
+      </c>
+      <c r="M193" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Киїнка</t>
+        </is>
+      </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P193" s="4"/>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
+        </is>
+      </c>
+      <c r="P193" s="4" t="inlineStr">
+        <is>
+          <t>(0462)682201</t>
+        </is>
+      </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4"/>
-      <c r="S193" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S193" s="4"/>
       <c r="T193" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Киїнський заклад дошкільної освіти ясла-садок "Малятко" Киїнської сільської ради</t>
+          <t>Кинашівський заклад дошкільної освіти "Світанок" Борзнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>169424</v>
+        <v>169446</v>
       </c>
       <c r="C194" s="6"/>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Киїнський ЗДО "Малятко"</t>
+          <t>ЗДО "Світанок" Борзнянської міської ради</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
-          <t>7425583401</t>
+          <t>7420810103</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
-          <t>с. Киїнка, Чернігівський район, Чернігівська область</t>
+          <t>с. Кинашівка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 1</t>
+          <t>вулиця Комарова, 1Б</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
-          <t>UA74100130010068937</t>
+          <t>UA74040070090078639</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Киїнка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Кинашівка</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Киїнської сільської ради</t>
+          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>(0462)682201</t>
+          <t>(04653)23456</t>
         </is>
       </c>
       <c r="Q194" s="4"/>
-      <c r="R194" s="4"/>
+      <c r="R194" s="4" t="inlineStr">
+        <is>
+          <t>svitanok01012011@ukr.net</t>
+        </is>
+      </c>
       <c r="S194" s="4"/>
       <c r="T194" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Кинашівський заклад дошкільної освіти "Світанок" Борзнянської міської ради Чернігівської області</t>
+          <t>Киселівський заклад дошкільної освіти (дитячий садок) "Веселка"загального типу Менської міської ради Менського району Чернігівської області</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>169446</v>
-[...1 lines deleted...]
-      <c r="C195" s="6"/>
+        <v>170080</v>
+      </c>
+      <c r="C195" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Світанок" Борзнянської міської ради</t>
+          <t>Киселівський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
-          <t>7420810103</t>
+          <t>7423084501</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
-          <t>с. Кинашівка, Борзнянський район, Чернігівська область</t>
+          <t>с. Киселівка, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 1Б</t>
+          <t>вулиця Осипенка, 43б</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
-          <t>UA74040070090078639</t>
+          <t>UA74020030160099546</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Кинашівка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Киселівка</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
-          <t>(04653)23456</t>
+          <t>(095)7317747</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
-          <t>svitanok01012011@ukr.net</t>
+          <t>kiselivkadnz@gmail.com</t>
         </is>
       </c>
       <c r="S195" s="4"/>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Лисенко Юлія Вікторівна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Киселівський заклад дошкільної освіти (дитячий садок) "Веселка"загального типу Менської міської ради Менського району Чернігівської області</t>
+          <t>Кіптівський заклад дошкільної освіти "Лелека" Кіптівської сільської ради</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>170080</v>
-[...5 lines deleted...]
-      </c>
+        <v>176176</v>
+      </c>
+      <c r="C196" s="6"/>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Киселівський ЗДО "Веселка"</t>
+          <t>Кіптівський ЗДО</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>7423084501</t>
+          <t>7422083301</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
-          <t>с. Киселівка, Менський район, Чернігівська область</t>
+          <t>с. Кіпті, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>вулиця Осипенка, 43б</t>
+          <t>вулиця Слов'янська, 33б</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA74020030160099546</t>
+          <t>UA74100170010024893</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Киселівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Кіпті</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>(095)7317747</t>
+          <t>0993763700</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
-      <c r="R196" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R196" s="4"/>
       <c r="S196" s="4"/>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>Директор Лисенко Юлія Вікторівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Кіптівський заклад дошкільної освіти "Лелека" Кіптівської сільської ради</t>
+          <t>Комунальний заклад "Кладьківський заклад дошкільної освіти "Капітошка" Куликівської селищної ради ".</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>176176</v>
+        <v>174764</v>
       </c>
       <c r="C197" s="6"/>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Кіптівський ЗДО</t>
+          <t>КЗ "Кладьківський ЗДО "Капітошка" Куликівської селищної ради".</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
-          <t>7422083301</t>
+          <t>7422785001</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
-          <t>с. Кіпті, Козелецький район, Чернігівська область</t>
+          <t>с. Кладьківка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
-          <t>вулиця Слов'янська, 33б</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 28</t>
+        </is>
+      </c>
+      <c r="L197" s="6"/>
+      <c r="M197" s="4"/>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P197" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P197" s="4"/>
       <c r="Q197" s="4"/>
       <c r="R197" s="4"/>
       <c r="S197" s="4"/>
       <c r="T197" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Кладьківський заклад дошкільної освіти "Капітошка" Куликівської селищної ради ".</t>
+          <t>Кобижчанський заклад дошкільної освіти "Лісова казка" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>174764</v>
-[...1 lines deleted...]
-      <c r="C198" s="6"/>
+        <v>169890</v>
+      </c>
+      <c r="C198" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Кладьківський ЗДО "Капітошка" Куликівської селищної ради".</t>
+          <t>Кобижчанський ЗДО "Лісова казка"</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
-          <t>7422785001</t>
+          <t>7420684001</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
-          <t>с. Кладьківка, Куликівський район, Чернігівська область</t>
+          <t>с. Кобижча, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 28</t>
+          <t>вулиця Кашталянівка, 158</t>
         </is>
       </c>
       <c r="L198" s="6"/>
       <c r="M198" s="4"/>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P198" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P198" s="4" t="inlineStr">
+        <is>
+          <t>(04632)36822, (093)8201372</t>
+        </is>
+      </c>
       <c r="Q198" s="4"/>
-      <c r="R198" s="4"/>
+      <c r="R198" s="4" t="inlineStr">
+        <is>
+          <t>Lisova.kazka@ukr.net</t>
+        </is>
+      </c>
       <c r="S198" s="4"/>
       <c r="T198" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Бубрурська Олена Петрівна</t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Кобижчанський заклад дошкільної освіти "Лісова казка" Бобровицької міської ради Чернігівської області</t>
+          <t>Комунальний заклад "Ковчинський заклад дошкільної освіти "Сонечко" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>169890</v>
-[...5 lines deleted...]
-      </c>
+        <v>169282</v>
+      </c>
+      <c r="C199" s="6"/>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>Кобижчанський ЗДО "Лісова казка"</t>
+          <t>КЗ "Ковчинський ЗДО "Сонечко" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
-          <t>7420684001</t>
+          <t>7422785501</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
-          <t>с. Кобижча, Бобровицький район, Чернігівська область</t>
+          <t>с. Ковчин, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кашталянівка, 158</t>
+          <t>вулиця перемоги, 76</t>
         </is>
       </c>
       <c r="L199" s="6"/>
       <c r="M199" s="4"/>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P199" s="4"/>
       <c r="Q199" s="4"/>
-      <c r="R199" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R199" s="4"/>
       <c r="S199" s="4"/>
       <c r="T199" s="4" t="inlineStr">
         <is>
-          <t>Директор Бубрурська Олена Петрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Ковчинський заклад дошкільної освіти "Сонечко" Куликівської селищної ради"</t>
+          <t>Козелецький заклад дошкільної освіти №1 комбінованого типу Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>169282</v>
+        <v>169261</v>
       </c>
       <c r="C200" s="6"/>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Ковчинський ЗДО "Сонечко" Куликівської селищної ради"</t>
+          <t>Козелецький ЗДО №1</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
-          <t>7422785501</t>
+          <t>7422055100</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
-          <t>с. Ковчин, Куликівський район, Чернігівська область</t>
+          <t>смт Козелець, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K200" s="4" t="inlineStr">
         <is>
-          <t>вулиця перемоги, 76</t>
-[...3 lines deleted...]
-      <c r="M200" s="4"/>
+          <t>вулиця Свято-Миколаївська, 20</t>
+        </is>
+      </c>
+      <c r="L200" s="6" t="inlineStr">
+        <is>
+          <t>UA74100190010032782</t>
+        </is>
+      </c>
+      <c r="M200" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
+        </is>
+      </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P200" s="4"/>
+      <c r="P200" s="4" t="inlineStr">
+        <is>
+          <t>04646-2-15-45</t>
+        </is>
+      </c>
       <c r="Q200" s="4"/>
-      <c r="R200" s="4"/>
+      <c r="R200" s="4" t="inlineStr">
+        <is>
+          <t>kozelec_dnz1@ukr.net</t>
+        </is>
+      </c>
       <c r="S200" s="4"/>
       <c r="T200" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Козелецький заклад дошкільної освіти №1 комбінованого типу Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Козелецький заклад дошкільної освіти №2 загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>169261</v>
+        <v>169265</v>
       </c>
       <c r="C201" s="6"/>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Козелецький ЗДО №1</t>
+          <t>Козелецький ЗДО №2</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
           <t>7422055100</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
           <t>смт Козелець, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K201" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Миколаївська, 20</t>
+          <t>вулиця Київська, 35</t>
         </is>
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
           <t>UA74100190010032782</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P201" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P201" s="4"/>
       <c r="Q201" s="4"/>
-      <c r="R201" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R201" s="4"/>
       <c r="S201" s="4"/>
       <c r="T201" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Козелецький заклад дошкільної освіти №2 загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Козелецький заклад дошкільної освіти №3 загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>169265</v>
+        <v>169266</v>
       </c>
       <c r="C202" s="6"/>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Козелецький ЗДО №2</t>
+          <t>Козелецький ЗДО №3</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
           <t>7422055100</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
           <t>смт Козелець, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K202" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 35</t>
+          <t>вулиця Соборності, 123</t>
         </is>
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
           <t>UA74100190010032782</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P202" s="4"/>
+      <c r="P202" s="4" t="inlineStr">
+        <is>
+          <t>(04646)42504</t>
+        </is>
+      </c>
       <c r="Q202" s="4"/>
-      <c r="R202" s="4"/>
-      <c r="S202" s="4"/>
+      <c r="R202" s="4" t="inlineStr">
+        <is>
+          <t>Sad3Kozelets@gmail.com</t>
+        </is>
+      </c>
+      <c r="S202" s="4" t="inlineStr">
+        <is>
+          <t>Sad3Kozelets@gmail.com</t>
+        </is>
+      </c>
       <c r="T202" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Козелецький заклад дошкільної освіти №3 загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Козилівський сільський комунальний заклад дошкільної освіти загального типу "Калинка"</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>169266</v>
+        <v>172453</v>
       </c>
       <c r="C203" s="6"/>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Козелецький ЗДО №3</t>
+          <t>ЗДО "Калинка"</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
-          <t>7422055100</t>
+          <t>7422484501</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
-          <t>смт Козелець, Козелецький район, Чернігівська область</t>
+          <t>с. Козилівка, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K203" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 123</t>
+          <t>вулиця Шевченка, 89</t>
         </is>
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
-          <t>UA74100190010032782</t>
+          <t>UA74020090080081904</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Козелець</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Козилівка</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P203" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P203" s="4"/>
       <c r="Q203" s="4"/>
       <c r="R203" s="4" t="inlineStr">
         <is>
-          <t>Sad3Kozelets@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>katerinatonica@gmail.com</t>
+        </is>
+      </c>
+      <c r="S203" s="4"/>
       <c r="T203" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Козилівський сільський комунальний заклад дошкільної освіти загального типу "Калинка"</t>
+          <t>Количівський дошкільний навчальний заклад (ясла-сад) "Промінець" Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B204" s="5" t="n">
-        <v>172453</v>
+        <v>169426</v>
       </c>
       <c r="C204" s="6"/>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Калинка"</t>
+          <t>Количівський ДНЗ (ясла-сад) "Промінець"</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H204" s="6" t="inlineStr">
         <is>
-          <t>7422484501</t>
+          <t>7425582802</t>
         </is>
       </c>
       <c r="I204" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
-          <t>с. Козилівка, Корюківський район, Чернігівська область</t>
+          <t>с. Количівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 89</t>
+          <t>вулиця Шкільна, 24а</t>
         </is>
       </c>
       <c r="L204" s="6" t="inlineStr">
         <is>
-          <t>UA74020090080081904</t>
+          <t>UA74100110090080359</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Козилівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Количівка</t>
         </is>
       </c>
       <c r="N204" s="7"/>
       <c r="O204" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P204" s="4"/>
       <c r="Q204" s="4"/>
-      <c r="R204" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R204" s="4"/>
       <c r="S204" s="4"/>
       <c r="T204" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y204" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Количівський дошкільний навчальний заклад (ясла-сад) "Промінець" Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Дзвіночок", вул.Білозерського,17,с.Комарівка,Борзнянський рн, Чернігівська обл.</t>
         </is>
       </c>
       <c r="B205" s="5" t="n">
-        <v>169426</v>
+        <v>169450</v>
       </c>
       <c r="C205" s="6"/>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Количівський ДНЗ (ясла-сад) "Промінець"</t>
+          <t>ЗДО"Дзвіночок"Комарівської с/р</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H205" s="6" t="inlineStr">
         <is>
-          <t>7425582802</t>
+          <t>7420882001</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
-          <t>с. Количівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Комарівка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 24а</t>
+          <t>вулиця Білозерського, 17-</t>
         </is>
       </c>
       <c r="L205" s="6" t="inlineStr">
         <is>
-          <t>UA74100110090080359</t>
+          <t>UA74040150010066593</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Количівка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Комарівка</t>
         </is>
       </c>
       <c r="N205" s="7"/>
       <c r="O205" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P205" s="4"/>
       <c r="Q205" s="4"/>
-      <c r="R205" s="4"/>
+      <c r="R205" s="4" t="inlineStr">
+        <is>
+          <t>komzdo@ukr.net</t>
+        </is>
+      </c>
       <c r="S205" s="4"/>
       <c r="T205" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Дзвіночок", вул.Білозерського,17,с.Комарівка,Борзнянський рн, Чернігівська обл.</t>
+          <t>Комарівська загальноосвітня школа-інтернат І-ІІ ступенів Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
-        <v>169450</v>
+        <v>176133</v>
       </c>
       <c r="C206" s="6"/>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>ЗДО"Дзвіночок"Комарівської с/р</t>
+          <t>Комарівська ЗОШ-інтернат І-ІІ ст.</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H206" s="6" t="inlineStr">
         <is>
           <t>7420882001</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
           <t>с. Комарівка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
-          <t>вулиця Білозерського, 17-</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
           <t>UA74040150010066593</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Ніжинський р-н, с. Комарівка</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P206" s="4"/>
+      <c r="P206" s="4" t="inlineStr">
+        <is>
+          <t>(253)25169</t>
+        </is>
+      </c>
       <c r="Q206" s="4"/>
       <c r="R206" s="4" t="inlineStr">
         <is>
-          <t>komzdo@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S206" s="4"/>
+          <t>komintern03052010@meta.ua</t>
+        </is>
+      </c>
+      <c r="S206" s="4" t="inlineStr">
+        <is>
+          <t>komarivka-internat.edukit.cn.ua</t>
+        </is>
+      </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Комарівська загальноосвітня школа-інтернат І-ІІ ступенів Чернігівської обласної ради</t>
+          <t>Конятинський заклад дошкільної освіти (дитячий садок) "Малятко" загального типу Сосницької селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>176133</v>
-[...1 lines deleted...]
-      <c r="C207" s="6"/>
+        <v>171782</v>
+      </c>
+      <c r="C207" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Комарівська ЗОШ-інтернат І-ІІ ст.</t>
+          <t>Конятинський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
-          <t>7420882001</t>
+          <t>7424984501</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
-          <t>с. Комарівка, Борзнянський район, Чернігівська область</t>
+          <t>с. Конятин, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
+          <t>вулиця Ювілейна, 51</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
-          <t>UA74040150010066593</t>
+          <t>UA74020070170048756</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Комарівка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Конятин</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>(253)25169</t>
+          <t>(096)6538237</t>
         </is>
       </c>
       <c r="Q207" s="4"/>
-      <c r="R207" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R207" s="4"/>
+      <c r="S207" s="4"/>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Лойок Лідія Михайлівна</t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Конятинський заклад дошкільної освіти (дитячий садок) "Малятко" загального типу Сосницької селищної ради Чернігівської області</t>
+          <t>Коропський дошкільний навчальний заклад "Дзвіночок" (ясла-садок) Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>171782</v>
-[...5 lines deleted...]
-      </c>
+        <v>169944</v>
+      </c>
+      <c r="C208" s="6"/>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Конятинський ЗДО "Малятко"</t>
+          <t>Коропський ДНЗ "Дзвіночок"</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
-          <t>7424984501</t>
+          <t>7422255100</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
-          <t>с. Конятин, Сосницький район, Чернігівська область</t>
+          <t>смт Короп, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ювілейна, 51</t>
+          <t>вулиця Електрична, 2</t>
         </is>
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
-          <t>UA74020070170048756</t>
+          <t>UA74060010010093073</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Конятин</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с-ще Короп</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+          <t>Відділ освіти Коропської селищної ради</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
-          <t>(096)6538237</t>
+          <t>(04656)2-15-78</t>
         </is>
       </c>
       <c r="Q208" s="4"/>
-      <c r="R208" s="4"/>
-      <c r="S208" s="4"/>
+      <c r="R208" s="4" t="inlineStr">
+        <is>
+          <t>dzvinochok1967@gmail.com</t>
+        </is>
+      </c>
+      <c r="S208" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/kpdnzdzvinocok/</t>
+        </is>
+      </c>
       <c r="T208" s="4" t="inlineStr">
         <is>
-          <t>Директор Лойок Лідія Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Коропський дошкільний навчальний заклад "Дзвіночок" (ясла-садок) Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Корюківський дошкільний навчальний заклад №1 "Дельфін" художньо - естетичного напрямку Корюківської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>169944</v>
+        <v>169288</v>
       </c>
       <c r="C209" s="6"/>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Коропський ДНЗ "Дзвіночок"</t>
+          <t>ДНЗ №1 "Дельфін"</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
-          <t>7422255100</t>
+          <t>7422410100</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
-          <t>смт Короп, Коропський район, Чернігівська область</t>
+          <t>Корюківка, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>вулиця Електрична, 2</t>
+          <t>вулиця Шевченка, 98а</t>
         </is>
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
-          <t>UA74060010010093073</t>
+          <t>UA74020010010096225</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с-ще Короп</t>
+          <t>Чернігівська обл., Корюківський р-н, м. Корюківка</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
+        </is>
+      </c>
+      <c r="P209" s="4"/>
       <c r="Q209" s="4"/>
-      <c r="R209" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R209" s="4"/>
+      <c r="S209" s="4"/>
       <c r="T209" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>Корюківський дошкільний навчальний заклад №1 "Дельфін" художньо - естетичного напрямку Корюківської міської ради Чернігівської області</t>
+          <t>Корюківський заклад дошкільної освіти № 4 «Веселка» еколого-натуралістичного напрямку Корюківської міської ради</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>169288</v>
+        <v>169289</v>
       </c>
       <c r="C210" s="6"/>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №1 "Дельфін"</t>
+          <t>Корюківський ЗДО №4 "Веселка"</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
           <t>7422410100</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
           <t>Корюківка, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 98а</t>
+          <t>провулок Бульварний, 8А</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
           <t>UA74020010010096225</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Корюківка</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
         </is>
       </c>
-      <c r="P210" s="4"/>
+      <c r="P210" s="4" t="inlineStr">
+        <is>
+          <t>0465721697</t>
+        </is>
+      </c>
       <c r="Q210" s="4"/>
-      <c r="R210" s="4"/>
+      <c r="R210" s="4" t="inlineStr">
+        <is>
+          <t>veselka.kor@ukr.net</t>
+        </is>
+      </c>
       <c r="S210" s="4"/>
       <c r="T210" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Корюківський заклад дошкільної освіти № 4 «Веселка» еколого-натуралістичного напрямку Корюківської міської ради</t>
+          <t>Костобобрівський заклад дошкільної освіти "Промінчик" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>169289</v>
-[...1 lines deleted...]
-      <c r="C211" s="6"/>
+        <v>169337</v>
+      </c>
+      <c r="C211" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Корюківський ЗДО №4 "Веселка"</t>
+          <t>Костобобрівський ЗДО "Промінчик"</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>7422410100</t>
+          <t>7424783001</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
-          <t>Корюківка, Корюківський район, Чернігівська область</t>
+          <t>с. Костобобрів, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>провулок Бульварний, 8А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 21</t>
+        </is>
+      </c>
+      <c r="L211" s="6"/>
+      <c r="M211" s="4"/>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>0465721697</t>
+          <t>(04659)25541</t>
         </is>
       </c>
       <c r="Q211" s="4"/>
       <c r="R211" s="4" t="inlineStr">
         <is>
-          <t>veselka.kor@ukr.net</t>
+          <t>kostobobrivska@ukr.net</t>
         </is>
       </c>
       <c r="S211" s="4"/>
       <c r="T211" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Седень Маргарита Олександрівна</t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="4" t="inlineStr">
         <is>
-          <t>Костобобрівський заклад дошкільної освіти "Промінчик" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Ромашка" загального типу Краслянської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B212" s="5" t="n">
-        <v>169337</v>
-[...5 lines deleted...]
-      </c>
+        <v>174628</v>
+      </c>
+      <c r="C212" s="6"/>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Костобобрівський ЗДО "Промінчик"</t>
+          <t>Краслянський ДНЗ</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G212" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H212" s="6" t="inlineStr">
         <is>
-          <t>7424783001</t>
+          <t>7424184301</t>
         </is>
       </c>
       <c r="I212" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
-          <t>с. Костобобрів, Семенівський район, Чернігівська область</t>
+          <t>с. Красляни, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K212" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 21</t>
-[...3 lines deleted...]
-      <c r="M212" s="4"/>
+          <t>вулиця Свято-Миколаївська, 59</t>
+        </is>
+      </c>
+      <c r="L212" s="6" t="inlineStr">
+        <is>
+          <t>UA74080050040026496</t>
+        </is>
+      </c>
+      <c r="M212" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Красляни</t>
+        </is>
+      </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P212" s="4" t="inlineStr">
         <is>
-          <t>(04659)25541</t>
+          <t>(04637)61332</t>
         </is>
       </c>
       <c r="Q212" s="4"/>
       <c r="R212" s="4" t="inlineStr">
         <is>
-          <t>kostobobrivska@ukr.net</t>
+          <t>natalyaladey@ukr.net</t>
         </is>
       </c>
       <c r="S212" s="4"/>
       <c r="T212" s="4" t="inlineStr">
         <is>
-          <t>Директор Седень Маргарита Олександрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y212" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Ромашка" загального типу Краслянської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Красноколядинський заклад дошкільної освіти "Дзвіночок" Талалаївської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B213" s="5" t="n">
-        <v>174628</v>
+        <v>169366</v>
       </c>
       <c r="C213" s="6"/>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Краслянський ДНЗ</t>
+          <t>Красноколядинський ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G213" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H213" s="6" t="inlineStr">
         <is>
-          <t>7424184301</t>
+          <t>7425382001</t>
         </is>
       </c>
       <c r="I213" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J213" s="4" t="inlineStr">
         <is>
-          <t>с. Красляни, Прилуцький район, Чернігівська область</t>
+          <t>с. Красний Колядин, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K213" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Миколаївська, 59</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Павленка, 72</t>
+        </is>
+      </c>
+      <c r="L213" s="6"/>
+      <c r="M213" s="4"/>
       <c r="N213" s="7"/>
       <c r="O213" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P213" s="4"/>
       <c r="Q213" s="4"/>
       <c r="R213" s="4" t="inlineStr">
         <is>
-          <t>natalyaladey@ukr.net</t>
+          <t>sadochok-dzvinochok@ukr.net</t>
         </is>
       </c>
       <c r="S213" s="4"/>
       <c r="T213" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y213" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="4" t="inlineStr">
         <is>
-          <t>Красноколядинський заклад дошкільної освіти "Дзвіночок" Талалаївської селищної ради Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Зернятко"с.Красносільське Комарівської сільської ради Борзнянського району Черніговської області</t>
         </is>
       </c>
       <c r="B214" s="5" t="n">
-        <v>169366</v>
+        <v>169449</v>
       </c>
       <c r="C214" s="6"/>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>Красноколядинський ЗДО "Дзвіночок"</t>
+          <t>ЗДО"Зернятко"</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H214" s="6" t="inlineStr">
         <is>
-          <t>7425382001</t>
+          <t>7420882401</t>
         </is>
       </c>
       <c r="I214" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J214" s="4" t="inlineStr">
         <is>
-          <t>с. Красний Колядин, Талалаївський район, Чернігівська область</t>
+          <t>с. Красносільське, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K214" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павленка, 72</t>
+          <t>вулиця Миру, 50-а</t>
         </is>
       </c>
       <c r="L214" s="6"/>
       <c r="M214" s="4"/>
       <c r="N214" s="7"/>
       <c r="O214" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P214" s="4"/>
       <c r="Q214" s="4"/>
-      <c r="R214" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R214" s="4"/>
       <c r="S214" s="4"/>
       <c r="T214" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y214" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Зернятко"с.Красносільське Комарівської сільської ради Борзнянського району Черніговської області</t>
+          <t>Крехаївський заклад дошкільної освіти</t>
         </is>
       </c>
       <c r="B215" s="5" t="n">
-        <v>169449</v>
+        <v>169274</v>
       </c>
       <c r="C215" s="6"/>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>ЗДО"Зернятко"</t>
+          <t>Крехаївський ЗДО</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
-          <t>7420882401</t>
+          <t>7422084501</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J215" s="4" t="inlineStr">
         <is>
-          <t>с. Красносільське, Борзнянський район, Чернігівська область</t>
+          <t>с. Крехаїв, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 50-а</t>
-[...3 lines deleted...]
-      <c r="M215" s="4"/>
+          <t>провулок Шкільний, 7</t>
+        </is>
+      </c>
+      <c r="L215" s="6" t="inlineStr">
+        <is>
+          <t>UA74100310140065884</t>
+        </is>
+      </c>
+      <c r="M215" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Крехаїв</t>
+        </is>
+      </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P215" s="4"/>
       <c r="Q215" s="4"/>
       <c r="R215" s="4"/>
-      <c r="S215" s="4"/>
+      <c r="S215" s="4" t="inlineStr">
+        <is>
+          <t>inna.pliusha2013@ukr.net</t>
+        </is>
+      </c>
       <c r="T215" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y215" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="4" t="inlineStr">
         <is>
-          <t>Крехаївський заклад дошкільної освіти</t>
+          <t>Крисківський сільський комунальний дошкільний навчальний заклад "Світанок" загального типу</t>
         </is>
       </c>
       <c r="B216" s="5" t="n">
-        <v>169274</v>
+        <v>169946</v>
       </c>
       <c r="C216" s="6"/>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Крехаївський ЗДО</t>
+          <t>Крисківський ДНЗ "Світанок"</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G216" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H216" s="6" t="inlineStr">
         <is>
-          <t>7422084501</t>
+          <t>7422284001</t>
         </is>
       </c>
       <c r="I216" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J216" s="4" t="inlineStr">
         <is>
-          <t>с. Крехаїв, Козелецький район, Чернігівська область</t>
+          <t>с. Криски, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K216" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 7</t>
+          <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L216" s="6" t="inlineStr">
         <is>
-          <t>UA74100310140065884</t>
+          <t>UA74060050080068419</t>
         </is>
       </c>
       <c r="M216" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Крехаїв</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Криски</t>
         </is>
       </c>
       <c r="N216" s="7"/>
       <c r="O216" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P216" s="4"/>
+      <c r="P216" s="4" t="inlineStr">
+        <is>
+          <t>(098)7506252</t>
+        </is>
+      </c>
       <c r="Q216" s="4"/>
       <c r="R216" s="4"/>
-      <c r="S216" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S216" s="4"/>
       <c r="T216" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>Крисківський сільський комунальний дошкільний навчальний заклад "Світанок" загального типу</t>
+          <t>Крупичпільський заклад дошкільної освіти Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>169946</v>
-[...1 lines deleted...]
-      <c r="C217" s="6"/>
+        <v>172766</v>
+      </c>
+      <c r="C217" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Крисківський ДНЗ "Світанок"</t>
+          <t>ЗДО с. Крупичполе</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
-          <t>7422284001</t>
+          <t>7421786001</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
-          <t>с. Криски, Коропський район, Чернігівська область</t>
+          <t>с. Крупичполе, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 10</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
-          <t>UA74060050080068419</t>
+          <t>UA74080030310074439</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Криски</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Крупичполе</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>(098)7506252</t>
+          <t>(068)5370670</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
-      <c r="R217" s="4"/>
+      <c r="R217" s="4" t="inlineStr">
+        <is>
+          <t>krupichpol_zdo@ukr.net</t>
+        </is>
+      </c>
       <c r="S217" s="4"/>
       <c r="T217" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Залізна Інна Вікторівна</t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="4" t="inlineStr">
         <is>
-          <t>Крупичпільський заклад дошкільної освіти Ічнянської міської ради</t>
+          <t>Крутівський сільський комунальний дошкільний навчальний заклад "Веселка"</t>
         </is>
       </c>
       <c r="B218" s="5" t="n">
-        <v>172766</v>
-[...5 lines deleted...]
-      </c>
+        <v>169211</v>
+      </c>
+      <c r="C218" s="6"/>
       <c r="D218" s="4" t="inlineStr">
         <is>
-          <t>ЗДО с. Крупичполе</t>
+          <t>Крутівський ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E218" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G218" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H218" s="6" t="inlineStr">
         <is>
-          <t>7421786001</t>
+          <t>7423385201</t>
         </is>
       </c>
       <c r="I218" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J218" s="4" t="inlineStr">
         <is>
-          <t>с. Крупичполе, Ічнянський район, Чернігівська область</t>
+          <t>с. Крути, Ніжинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K218" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Незалежності, 45</t>
         </is>
       </c>
       <c r="L218" s="6" t="inlineStr">
         <is>
-          <t>UA74080030310074439</t>
+          <t>UA74040170010020642</t>
         </is>
       </c>
       <c r="M218" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Крупичполе</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Крути</t>
         </is>
       </c>
       <c r="N218" s="7"/>
       <c r="O218" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P218" s="4" t="inlineStr">
         <is>
-          <t>(068)5370670</t>
+          <t>0463169310</t>
         </is>
       </c>
       <c r="Q218" s="4"/>
       <c r="R218" s="4" t="inlineStr">
         <is>
-          <t>krupichpol_zdo@ukr.net</t>
+          <t>kruty_sadok@ukr.net</t>
         </is>
       </c>
       <c r="S218" s="4"/>
       <c r="T218" s="4" t="inlineStr">
         <is>
-          <t>Директор Залізна Інна Вікторівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X218" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y218" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="4" t="inlineStr">
         <is>
-          <t>Крутівський сільський комунальний дошкільний навчальний заклад "Веселка"</t>
+          <t>Кувечицкий комунальний заклад дошкільної освіти "Колосок"</t>
         </is>
       </c>
       <c r="B219" s="5" t="n">
-        <v>169211</v>
+        <v>169432</v>
       </c>
       <c r="C219" s="6"/>
       <c r="D219" s="4" t="inlineStr">
         <is>
-          <t>Крутівський ДНЗ "Веселка"</t>
+          <t>ЗДО "Колосок"</t>
         </is>
       </c>
       <c r="E219" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G219" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H219" s="6" t="inlineStr">
         <is>
-          <t>7423385201</t>
+          <t>7425584101</t>
         </is>
       </c>
       <c r="I219" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J219" s="4" t="inlineStr">
         <is>
-          <t>с. Крути, Ніжинський район, Чернігівська область</t>
+          <t>с. Кувечичі, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K219" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 45</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Першотравнева, 1Е</t>
+        </is>
+      </c>
+      <c r="L219" s="6"/>
+      <c r="M219" s="4"/>
       <c r="N219" s="7"/>
       <c r="O219" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P219" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P219" s="4"/>
       <c r="Q219" s="4"/>
-      <c r="R219" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R219" s="4"/>
       <c r="S219" s="4"/>
       <c r="T219" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X219" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y219" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="4" t="inlineStr">
         <is>
-          <t>Кувечицкий комунальний заклад дошкільної освіти "Колосок"</t>
+          <t>Куковицький заклад дошкільної освіти "Дзвіночок" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B220" s="5" t="n">
-        <v>169432</v>
-[...1 lines deleted...]
-      <c r="C220" s="6"/>
+        <v>169305</v>
+      </c>
+      <c r="C220" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Колосок"</t>
+          <t>Куковицький ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E220" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G220" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H220" s="6" t="inlineStr">
         <is>
-          <t>7425584101</t>
+          <t>7423085001</t>
         </is>
       </c>
       <c r="I220" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J220" s="4" t="inlineStr">
         <is>
-          <t>с. Кувечичі, Чернігівський район, Чернігівська область</t>
+          <t>с. Куковичі, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K220" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 1Е</t>
-[...3 lines deleted...]
-      <c r="M220" s="4"/>
+          <t>вулиця 1Травня, 34</t>
+        </is>
+      </c>
+      <c r="L220" s="6" t="inlineStr">
+        <is>
+          <t>UA74020030180083713</t>
+        </is>
+      </c>
+      <c r="M220" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, с. Куковичі</t>
+        </is>
+      </c>
       <c r="N220" s="7"/>
       <c r="O220" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P220" s="4"/>
+          <t>Відділ освіти Менської міської ради</t>
+        </is>
+      </c>
+      <c r="P220" s="4" t="inlineStr">
+        <is>
+          <t>(066)8167981</t>
+        </is>
+      </c>
       <c r="Q220" s="4"/>
-      <c r="R220" s="4"/>
+      <c r="R220" s="4" t="inlineStr">
+        <is>
+          <t>kykovurisadok@ukr.net</t>
+        </is>
+      </c>
       <c r="S220" s="4"/>
       <c r="T220" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Соломеник Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X220" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y220" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="4" t="inlineStr">
         <is>
-          <t>Куковицький заклад дошкільної освіти "Дзвіночок" загального типу Менської міської ради</t>
+          <t>комунальний заклад "Куликівський заклад дошкільної освіти "Ромашка" Куликівської селщної ради"</t>
         </is>
       </c>
       <c r="B221" s="5" t="n">
-        <v>169305</v>
-[...5 lines deleted...]
-      </c>
+        <v>169278</v>
+      </c>
+      <c r="C221" s="6"/>
       <c r="D221" s="4" t="inlineStr">
         <is>
-          <t>Куковицький ЗДО "Дзвіночок"</t>
+          <t>КЗ Куликівський ЗДО "Ромашка"</t>
         </is>
       </c>
       <c r="E221" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G221" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H221" s="6" t="inlineStr">
         <is>
-          <t>7423085001</t>
+          <t>7422755100</t>
         </is>
       </c>
       <c r="I221" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J221" s="4" t="inlineStr">
         <is>
-          <t>с. Куковичі, Менський район, Чернігівська область</t>
+          <t>смт Куликівка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K221" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1Травня, 34</t>
+          <t>вулиця Пирогова, 14Б</t>
         </is>
       </c>
       <c r="L221" s="6" t="inlineStr">
         <is>
-          <t>UA74020030180083713</t>
+          <t>UA74100210010020106</t>
         </is>
       </c>
       <c r="M221" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Куковичі</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Куликівка</t>
         </is>
       </c>
       <c r="N221" s="7"/>
       <c r="O221" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P221" s="4"/>
       <c r="Q221" s="4"/>
       <c r="R221" s="4" t="inlineStr">
         <is>
-          <t>kykovurisadok@ukr.net</t>
+          <t>romashca86@ukr.net</t>
         </is>
       </c>
       <c r="S221" s="4"/>
       <c r="T221" s="4" t="inlineStr">
         <is>
-          <t>Директор Соломеник Тетяна Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X221" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y221" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Куликівський заклад дошкільної освіти "Ромашка" Куликівської селщної ради"</t>
+          <t>Кунашівський заклад дошкільної освіти "Сонечко" Ніжинської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B222" s="5" t="n">
-        <v>169278</v>
+        <v>169208</v>
       </c>
       <c r="C222" s="6"/>
       <c r="D222" s="4" t="inlineStr">
         <is>
-          <t>КЗ Куликівський ЗДО "Ромашка"</t>
+          <t>Кунашівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E222" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G222" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H222" s="6" t="inlineStr">
         <is>
-          <t>7422755100</t>
+          <t>7423385901</t>
         </is>
       </c>
       <c r="I222" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J222" s="4" t="inlineStr">
         <is>
-          <t>смт Куликівка, Куликівський район, Чернігівська область</t>
+          <t>с. Кунашівка, Ніжинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K222" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пирогова, 14Б</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 7</t>
+        </is>
+      </c>
+      <c r="L222" s="6"/>
+      <c r="M222" s="4"/>
       <c r="N222" s="7"/>
       <c r="O222" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P222" s="4"/>
+      <c r="P222" s="4" t="inlineStr">
+        <is>
+          <t>66619</t>
+        </is>
+      </c>
       <c r="Q222" s="4"/>
-      <c r="R222" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R222" s="4"/>
       <c r="S222" s="4"/>
       <c r="T222" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X222" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y222" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="4" t="inlineStr">
         <is>
-          <t>Кунашівський заклад дошкільної освіти "Сонечко" Ніжинської міської ради Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Сонечко" Озерянської сільської ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B223" s="5" t="n">
-        <v>169208</v>
+        <v>169220</v>
       </c>
       <c r="C223" s="6"/>
       <c r="D223" s="4" t="inlineStr">
         <is>
-          <t>Кунашівський ЗДО "Сонечко"</t>
+          <t>ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E223" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G223" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H223" s="6" t="inlineStr">
         <is>
-          <t>7423385901</t>
+          <t>7421182601</t>
         </is>
       </c>
       <c r="I223" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J223" s="4" t="inlineStr">
         <is>
-          <t>с. Кунашівка, Ніжинський район, Чернігівська область</t>
+          <t>с. Кухарка, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K223" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 7</t>
+          <t>вулиця Набережна, 9</t>
         </is>
       </c>
       <c r="L223" s="6"/>
       <c r="M223" s="4"/>
       <c r="N223" s="7"/>
       <c r="O223" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P223" s="4" t="inlineStr">
         <is>
-          <t>66619</t>
+          <t>(096)6546866, (066)5578844</t>
         </is>
       </c>
       <c r="Q223" s="4"/>
-      <c r="R223" s="4"/>
+      <c r="R223" s="4" t="inlineStr">
+        <is>
+          <t>volokhvv@ukr.net</t>
+        </is>
+      </c>
       <c r="S223" s="4"/>
       <c r="T223" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X223" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y223" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Сонечко" Озерянської сільської ради Варвинського району Чернігівської області</t>
+          <t>Кучинівський дошкільний навчальний заклад Сновської міської ради</t>
         </is>
       </c>
       <c r="B224" s="5" t="n">
-        <v>169220</v>
+        <v>172303</v>
       </c>
       <c r="C224" s="6"/>
       <c r="D224" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко"</t>
+          <t>Кучинівський ДНЗ</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G224" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H224" s="6" t="inlineStr">
         <is>
-          <t>7421182601</t>
+          <t>7425883001</t>
         </is>
       </c>
       <c r="I224" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J224" s="4" t="inlineStr">
         <is>
-          <t>с. Кухарка, Варвинський район, Чернігівська область</t>
+          <t>с. Кучинівка, Сновський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K224" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 9</t>
+          <t>вулиця О.Кошового, 4</t>
         </is>
       </c>
       <c r="L224" s="6"/>
       <c r="M224" s="4"/>
       <c r="N224" s="7"/>
       <c r="O224" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P224" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P224" s="4"/>
       <c r="Q224" s="4"/>
-      <c r="R224" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R224" s="4"/>
       <c r="S224" s="4"/>
       <c r="T224" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X224" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y224" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="4" t="inlineStr">
         <is>
-          <t>Кучинівський дошкільний навчальний заклад Сновської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Барвінок" Ладанської селищної ради загального розвитку</t>
         </is>
       </c>
       <c r="B225" s="5" t="n">
-        <v>172303</v>
+        <v>169315</v>
       </c>
       <c r="C225" s="6"/>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Кучинівський ДНЗ</t>
+          <t>Ладанський ясла-садок "Барвінок"</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H225" s="6" t="inlineStr">
         <is>
-          <t>7425883001</t>
+          <t>7424155400</t>
         </is>
       </c>
       <c r="I225" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J225" s="4" t="inlineStr">
         <is>
-          <t>с. Кучинівка, Сновський район, Чернігівська область</t>
+          <t>смт Ладан, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K225" s="4" t="inlineStr">
         <is>
-          <t>вулиця О.Кошового, 4</t>
-[...3 lines deleted...]
-      <c r="M225" s="4"/>
+          <t>вулиця Миру, 93а</t>
+        </is>
+      </c>
+      <c r="L225" s="6" t="inlineStr">
+        <is>
+          <t>UA74080050010027060</t>
+        </is>
+      </c>
+      <c r="M225" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Ладан</t>
+        </is>
+      </c>
       <c r="N225" s="7"/>
       <c r="O225" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P225" s="4"/>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+        </is>
+      </c>
+      <c r="P225" s="4" t="inlineStr">
+        <is>
+          <t>(380(4637))77236</t>
+        </is>
+      </c>
       <c r="Q225" s="4"/>
-      <c r="R225" s="4"/>
+      <c r="R225" s="4" t="inlineStr">
+        <is>
+          <t>teacher2012@ukr.net</t>
+        </is>
+      </c>
       <c r="S225" s="4"/>
       <c r="T225" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X225" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y225" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Барвінок" Ладанської селищної ради загального розвитку</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Червона Шапочка" Ладанської селищної ради загального розвитку</t>
         </is>
       </c>
       <c r="B226" s="5" t="n">
-        <v>169315</v>
+        <v>169316</v>
       </c>
       <c r="C226" s="6"/>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Ладанський ясла-садок "Барвінок"</t>
+          <t>Ладанський ДНЗ "Червона Шапочка"</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G226" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H226" s="6" t="inlineStr">
         <is>
           <t>7424155400</t>
         </is>
       </c>
       <c r="I226" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J226" s="4" t="inlineStr">
         <is>
           <t>смт Ладан, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K226" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 93а</t>
+          <t>вулиця Заводська, 13А</t>
         </is>
       </c>
       <c r="L226" s="6" t="inlineStr">
         <is>
           <t>UA74080050010027060</t>
         </is>
       </c>
       <c r="M226" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, с-ще Ладан</t>
         </is>
       </c>
       <c r="N226" s="7"/>
       <c r="O226" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P226" s="4" t="inlineStr">
         <is>
-          <t>(380(4637))77236</t>
+          <t>(04637)77252</t>
         </is>
       </c>
       <c r="Q226" s="4"/>
       <c r="R226" s="4" t="inlineStr">
         <is>
-          <t>teacher2012@ukr.net</t>
+          <t>oksanadenisenko40@gmail.com</t>
         </is>
       </c>
       <c r="S226" s="4"/>
       <c r="T226" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X226" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y226" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Червона Шапочка" Ладанської селищної ради загального розвитку</t>
+          <t>Заклад дошкільної освіти "Віночок" Варвинської селищної ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B227" s="5" t="n">
-        <v>169316</v>
+        <v>169227</v>
       </c>
       <c r="C227" s="6"/>
       <c r="D227" s="4" t="inlineStr">
         <is>
-          <t>Ладанський ДНЗ "Червона Шапочка"</t>
+          <t>ЗДО Віночок</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G227" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H227" s="6" t="inlineStr">
         <is>
-          <t>7424155400</t>
+          <t>7421182801</t>
         </is>
       </c>
       <c r="I227" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
-          <t>смт Ладан, Прилуцький район, Чернігівська область</t>
+          <t>с. Леляки, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 13А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Удайська, 51</t>
+        </is>
+      </c>
+      <c r="L227" s="6"/>
+      <c r="M227" s="4"/>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти Варвинської селищної ради Прилуцького району Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P227" s="4"/>
       <c r="Q227" s="4"/>
-      <c r="R227" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R227" s="4"/>
       <c r="S227" s="4"/>
       <c r="T227" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y227" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Віночок" Варвинської селищної ради Варвинського району Чернігівської області</t>
+          <t>Лемешівський заклад дошкільнї освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B228" s="5" t="n">
-        <v>169227</v>
+        <v>169271</v>
       </c>
       <c r="C228" s="6"/>
       <c r="D228" s="4" t="inlineStr">
         <is>
-          <t>ЗДО Віночок</t>
+          <t>Лемешівський ЗДО</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G228" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H228" s="6" t="inlineStr">
         <is>
-          <t>7421182801</t>
+          <t>7422085001</t>
         </is>
       </c>
       <c r="I228" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J228" s="4" t="inlineStr">
         <is>
-          <t>с. Леляки, Варвинський район, Чернігівська область</t>
+          <t>с. Лемеші, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K228" s="4" t="inlineStr">
         <is>
-          <t>вулиця Удайська, 51</t>
+          <t>вулиця Розумовських, 2</t>
         </is>
       </c>
       <c r="L228" s="6"/>
       <c r="M228" s="4"/>
       <c r="N228" s="7"/>
       <c r="O228" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Варвинської селищної ради Прилуцького району Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P228" s="4"/>
       <c r="Q228" s="4"/>
       <c r="R228" s="4"/>
       <c r="S228" s="4"/>
       <c r="T228" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X228" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y228" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="4" t="inlineStr">
         <is>
-          <t>Лемешівський заклад дошкільнї освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Дитячий садок №2 Линовицької селищної ради</t>
         </is>
       </c>
       <c r="B229" s="5" t="n">
-        <v>169271</v>
+        <v>169319</v>
       </c>
       <c r="C229" s="6"/>
       <c r="D229" s="4" t="inlineStr">
         <is>
-          <t>Лемешівський ЗДО</t>
+          <t>ДС №2</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G229" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H229" s="6" t="inlineStr">
         <is>
-          <t>7422085001</t>
+          <t>7424155600</t>
         </is>
       </c>
       <c r="I229" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J229" s="4" t="inlineStr">
         <is>
-          <t>с. Лемеші, Козелецький район, Чернігівська область</t>
+          <t>смт Линовиця, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K229" s="4" t="inlineStr">
         <is>
-          <t>вулиця Розумовських, 2</t>
-[...3 lines deleted...]
-      <c r="M229" s="4"/>
+          <t>вулиця Заводська, 10</t>
+        </is>
+      </c>
+      <c r="L229" s="6" t="inlineStr">
+        <is>
+          <t>UA74080070010071933</t>
+        </is>
+      </c>
+      <c r="M229" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Линовиця</t>
+        </is>
+      </c>
       <c r="N229" s="7"/>
       <c r="O229" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P229" s="4"/>
       <c r="Q229" s="4"/>
       <c r="R229" s="4"/>
       <c r="S229" s="4"/>
       <c r="T229" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y229" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="4" t="inlineStr">
         <is>
-          <t>Дитячий садок №2 Линовицької селищної ради</t>
+          <t>Дошкільний навчальний заклад "Веселка" загального типу Линовицької селищної ради</t>
         </is>
       </c>
       <c r="B230" s="5" t="n">
-        <v>169319</v>
+        <v>169323</v>
       </c>
       <c r="C230" s="6"/>
       <c r="D230" s="4" t="inlineStr">
         <is>
-          <t>ДС №2</t>
+          <t>ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G230" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H230" s="6" t="inlineStr">
         <is>
           <t>7424155600</t>
         </is>
       </c>
       <c r="I230" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J230" s="4" t="inlineStr">
         <is>
           <t>смт Линовиця, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K230" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 10</t>
+          <t>вулиця Якова де Бальмена, 25</t>
         </is>
       </c>
       <c r="L230" s="6" t="inlineStr">
         <is>
           <t>UA74080070010071933</t>
         </is>
       </c>
       <c r="M230" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, с-ще Линовиця</t>
         </is>
       </c>
       <c r="N230" s="7"/>
       <c r="O230" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P230" s="4"/>
       <c r="Q230" s="4"/>
-      <c r="R230" s="4"/>
+      <c r="R230" s="4" t="inlineStr">
+        <is>
+          <t>oksanaevtusenko26@gmail.com</t>
+        </is>
+      </c>
       <c r="S230" s="4"/>
       <c r="T230" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y230" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Веселка" загального типу Линовицької селищної ради</t>
+          <t>Липівський заклад дошкільної освіти "Малятко" Талалаївської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>169323</v>
+        <v>169367</v>
       </c>
       <c r="C231" s="6"/>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Веселка"</t>
+          <t>Липівський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H231" s="6" t="inlineStr">
         <is>
-          <t>7424155600</t>
+          <t>7425384001</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
-          <t>смт Линовиця, Прилуцький район, Чернігівська область</t>
+          <t>с. Липове, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K231" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова де Бальмена, 25</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Центральна, 22А</t>
+        </is>
+      </c>
+      <c r="L231" s="6"/>
+      <c r="M231" s="4"/>
       <c r="N231" s="7"/>
       <c r="O231" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P231" s="4"/>
       <c r="Q231" s="4"/>
       <c r="R231" s="4" t="inlineStr">
         <is>
-          <t>oksanaevtusenko26@gmail.com</t>
+          <t>malyatko.zdo@gmail.com</t>
         </is>
       </c>
       <c r="S231" s="4"/>
       <c r="T231" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y231" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>Липівський заклад дошкільної освіти "Малятко" Талалаївської селищної ради Чернігівської області</t>
+          <t>Лихолітський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B232" s="5" t="n">
-        <v>169367</v>
+        <v>169273</v>
       </c>
       <c r="C232" s="6"/>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Липівський ЗДО "Малятко"</t>
+          <t>Лихолітський ЗДО</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G232" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H232" s="6" t="inlineStr">
         <is>
-          <t>7425384001</t>
+          <t>7422085101</t>
         </is>
       </c>
       <c r="I232" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J232" s="4" t="inlineStr">
         <is>
-          <t>с. Липове, Талалаївський район, Чернігівська область</t>
+          <t>с. Лихолітки, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K232" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 22А</t>
+          <t>вулиця Центральна, 25</t>
         </is>
       </c>
       <c r="L232" s="6"/>
       <c r="M232" s="4"/>
       <c r="N232" s="7"/>
       <c r="O232" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P232" s="4"/>
       <c r="Q232" s="4"/>
-      <c r="R232" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R232" s="4"/>
       <c r="S232" s="4"/>
       <c r="T232" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y232" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="4" t="inlineStr">
         <is>
-          <t>Лихолітський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Локнистенський сільський комунальний дошкільний навчальний заклад "Веселка" загального типу Менського району Чернігівської області</t>
         </is>
       </c>
       <c r="B233" s="5" t="n">
-        <v>169273</v>
+        <v>170078</v>
       </c>
       <c r="C233" s="6"/>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Лихолітський ЗДО</t>
+          <t>Локнистенський сільський комунальний дошкільний навчальний заклад "Веселка" загального типу Менського району Чернігівської облас</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G233" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H233" s="6" t="inlineStr">
         <is>
-          <t>7422085101</t>
+          <t>7423086301</t>
         </is>
       </c>
       <c r="I233" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J233" s="4" t="inlineStr">
         <is>
-          <t>с. Лихолітки, Козелецький район, Чернігівська область</t>
+          <t>с. Локнисте, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K233" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 25</t>
-[...3 lines deleted...]
-      <c r="M233" s="4"/>
+          <t>вулиця Перемоги, 2</t>
+        </is>
+      </c>
+      <c r="L233" s="6" t="inlineStr">
+        <is>
+          <t>UA74100010080034741</t>
+        </is>
+      </c>
+      <c r="M233" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Локнисте</t>
+        </is>
+      </c>
       <c r="N233" s="7"/>
       <c r="O233" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P233" s="4"/>
       <c r="Q233" s="4"/>
       <c r="R233" s="4"/>
       <c r="S233" s="4"/>
       <c r="T233" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y233" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="4" t="inlineStr">
         <is>
-          <t>Локнистенський сільський комунальний дошкільний навчальний заклад "Веселка" загального типу Менського району Чернігівської області</t>
+          <t>Лосинівський заклад дошкільної освіти "Сонечко" Лосинівської селищної ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B234" s="5" t="n">
-        <v>170078</v>
+        <v>169212</v>
       </c>
       <c r="C234" s="6"/>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Локнистенський сільський комунальний дошкільний навчальний заклад "Веселка" загального типу Менського району Чернігівської облас</t>
+          <t>Лосинівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G234" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H234" s="6" t="inlineStr">
         <is>
-          <t>7423086301</t>
+          <t>7423355400</t>
         </is>
       </c>
       <c r="I234" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J234" s="4" t="inlineStr">
         <is>
-          <t>с. Локнисте, Менський район, Чернігівська область</t>
+          <t>смт Лосинівка, Ніжинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K234" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2</t>
+          <t>вулиця Троїцька, 9а</t>
         </is>
       </c>
       <c r="L234" s="6" t="inlineStr">
         <is>
-          <t>UA74100010080034741</t>
+          <t>UA74040190010093212</t>
         </is>
       </c>
       <c r="M234" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Локнисте</t>
+          <t>Чернігівська обл., Ніжинський р-н, с-ще Лосинівка</t>
         </is>
       </c>
       <c r="N234" s="7"/>
       <c r="O234" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P234" s="4"/>
+      <c r="P234" s="4" t="inlineStr">
+        <is>
+          <t>(04631)61493</t>
+        </is>
+      </c>
       <c r="Q234" s="4"/>
       <c r="R234" s="4"/>
-      <c r="S234" s="4"/>
+      <c r="S234" s="4" t="inlineStr">
+        <is>
+          <t>zdosonechko.blogspot.com</t>
+        </is>
+      </c>
       <c r="T234" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y234" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>Лосинівський заклад дошкільної освіти "Сонечко" Лосинівської селищної ради Ніжинського району Чернігівської області</t>
+          <t>Лукнівський дошкільний навчальний заклад (ясла-садок) Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B235" s="5" t="n">
-        <v>169212</v>
+        <v>169949</v>
       </c>
       <c r="C235" s="6"/>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Лосинівський ЗДО "Сонечко"</t>
+          <t>Лукнівський ДНЗ</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H235" s="6" t="inlineStr">
         <is>
-          <t>7423355400</t>
+          <t>7422284301</t>
         </is>
       </c>
       <c r="I235" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
-          <t>смт Лосинівка, Ніжинський район, Чернігівська область</t>
+          <t>с. Лукнів, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K235" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 9а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миру, 39</t>
+        </is>
+      </c>
+      <c r="L235" s="6"/>
+      <c r="M235" s="4"/>
       <c r="N235" s="7"/>
       <c r="O235" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коропської селищної ради</t>
         </is>
       </c>
       <c r="P235" s="4" t="inlineStr">
         <is>
-          <t>(04631)61493</t>
+          <t>(096)2199202</t>
         </is>
       </c>
       <c r="Q235" s="4"/>
-      <c r="R235" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R235" s="4" t="inlineStr">
+        <is>
+          <t>dnzlukniv@meta.ua</t>
+        </is>
+      </c>
+      <c r="S235" s="4"/>
       <c r="T235" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y235" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>Лукнівський дошкільний навчальний заклад (ясла-садок) Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Льгівський комунальний заклад дошкільної освіти "Сонечко" Михайло-Коцюбинської селищної ради, Чернігівського району, Чернігівської області</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>169949</v>
+        <v>172812</v>
       </c>
       <c r="C236" s="6"/>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Лукнівський ДНЗ</t>
+          <t>ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H236" s="6" t="inlineStr">
         <is>
-          <t>7422284301</t>
+          <t>7425584604</t>
         </is>
       </c>
       <c r="I236" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
-          <t>с. Лукнів, Коропський район, Чернігівська область</t>
+          <t>с. Льгів, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 39</t>
+          <t>вулиця Молодіжна, 5Б</t>
         </is>
       </c>
       <c r="L236" s="6"/>
       <c r="M236" s="4"/>
       <c r="N236" s="7"/>
       <c r="O236" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P236" s="4"/>
       <c r="Q236" s="4"/>
-      <c r="R236" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R236" s="4"/>
       <c r="S236" s="4"/>
       <c r="T236" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y236" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>Льгівський комунальний заклад дошкільної освіти "Сонечко" Михайло-Коцюбинської селищної ради, Чернігівського району, Чернігівської області</t>
+          <t>Любецький комунальний дошкільний навчальний заклад (ясла-сад) "Пролісок"</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>172812</v>
+        <v>169979</v>
       </c>
       <c r="C237" s="6"/>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко"</t>
+          <t>Любецький КДНЗ (ясла-сад) "Пролісок"</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H237" s="6" t="inlineStr">
         <is>
-          <t>7425584604</t>
+          <t>7424456000</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
-          <t>с. Льгів, Чернігівський район, Чернігівська область</t>
+          <t>смт Любеч, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K237" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 5Б</t>
-[...3 lines deleted...]
-      <c r="M237" s="4"/>
+          <t>вулиця Преображенська, 13а</t>
+        </is>
+      </c>
+      <c r="L237" s="6" t="inlineStr">
+        <is>
+          <t>UA74100230010012762</t>
+        </is>
+      </c>
+      <c r="M237" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Любеч</t>
+        </is>
+      </c>
       <c r="N237" s="7"/>
       <c r="O237" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P237" s="4"/>
       <c r="Q237" s="4"/>
       <c r="R237" s="4"/>
       <c r="S237" s="4"/>
       <c r="T237" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y237" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Любецький комунальний дошкільний навчальний заклад (ясла-сад) "Пролісок"</t>
+          <t>Макошинський заклад дошкільної освіти (ясла-садок) "Сонечко" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>169979</v>
-[...1 lines deleted...]
-      <c r="C238" s="6"/>
+        <v>169300</v>
+      </c>
+      <c r="C238" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Любецький КДНЗ (ясла-сад) "Пролісок"</t>
+          <t>Макошинський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H238" s="6" t="inlineStr">
         <is>
-          <t>7424456000</t>
+          <t>7423055700</t>
         </is>
       </c>
       <c r="I238" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
-          <t>смт Любеч, Ріпкинський район, Чернігівська область</t>
+          <t>смт Макошине, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>вулиця Преображенська, 13а</t>
+          <t>провулок Центральний, 18</t>
         </is>
       </c>
       <c r="L238" s="6" t="inlineStr">
         <is>
-          <t>UA74100230010012762</t>
+          <t>UA74020030020016378</t>
         </is>
       </c>
       <c r="M238" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Любеч</t>
+          <t>Чернігівська обл., Корюківський р-н, с-ще Макошине</t>
         </is>
       </c>
       <c r="N238" s="7"/>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P238" s="4"/>
+          <t>Відділ освіти Менської міської ради</t>
+        </is>
+      </c>
+      <c r="P238" s="4" t="inlineStr">
+        <is>
+          <t>(04644)41134</t>
+        </is>
+      </c>
       <c r="Q238" s="4"/>
-      <c r="R238" s="4"/>
+      <c r="R238" s="4" t="inlineStr">
+        <is>
+          <t>makoshinezdo@gmail.com</t>
+        </is>
+      </c>
       <c r="S238" s="4"/>
       <c r="T238" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Стуканова Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y238" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>Макошинський заклад дошкільної освіти (ясла-садок) "Сонечко" загального типу Менської міської ради</t>
+          <t>Дошкільний навчальний заклад "Ромашка" загального типу Малодівицької селищної ради Прилуцького району Чкрнігівської області</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>169300</v>
-[...5 lines deleted...]
-      </c>
+        <v>169320</v>
+      </c>
+      <c r="C239" s="6"/>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Макошинський ЗДО "Сонечко"</t>
+          <t>Малодівицький ДНЗ</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
-          <t>7423055700</t>
+          <t>7424155900</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
-          <t>смт Макошине, Менський район, Чернігівська область</t>
+          <t>смт Мала Дівиця, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>провулок Центральний, 18</t>
+          <t>вулиця Незалежності, 11В</t>
         </is>
       </c>
       <c r="L239" s="6" t="inlineStr">
         <is>
-          <t>UA74020030020016378</t>
+          <t>UA74080090010045475</t>
         </is>
       </c>
       <c r="M239" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с-ще Макошине</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Мала Дівиця</t>
         </is>
       </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
+        </is>
+      </c>
+      <c r="P239" s="4"/>
       <c r="Q239" s="4"/>
-      <c r="R239" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R239" s="4"/>
       <c r="S239" s="4"/>
       <c r="T239" s="4" t="inlineStr">
         <is>
-          <t>Директор Стуканова Алла Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y239" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Ромашка" загального типу Малодівицької селищної ради Прилуцького району Чкрнігівської області</t>
+          <t>Марковецький заклад дошкільної освіти "Казка" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B240" s="5" t="n">
-        <v>169320</v>
-[...1 lines deleted...]
-      <c r="C240" s="6"/>
+        <v>169891</v>
+      </c>
+      <c r="C240" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Малодівицький ДНЗ</t>
+          <t>Марковецький ЗДО "Казка"</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H240" s="6" t="inlineStr">
         <is>
-          <t>7424155900</t>
+          <t>7420684401</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
-          <t>смт Мала Дівиця, Прилуцький район, Чернігівська область</t>
+          <t>с. Марківці, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 11В</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 4</t>
+        </is>
+      </c>
+      <c r="L240" s="6"/>
+      <c r="M240" s="4"/>
       <c r="N240" s="7"/>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
-[...2 lines deleted...]
-      <c r="P240" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P240" s="4" t="inlineStr">
+        <is>
+          <t>(097)1954676</t>
+        </is>
+      </c>
       <c r="Q240" s="4"/>
-      <c r="R240" s="4"/>
+      <c r="R240" s="4" t="inlineStr">
+        <is>
+          <t>gaponenkotonia@gmail.com</t>
+        </is>
+      </c>
       <c r="S240" s="4"/>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Курна Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y240" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>Марковецький заклад дошкільної освіти "Казка" Бобровицької міської ради Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Яблунька" Озерянської сільської ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B241" s="5" t="n">
-        <v>169891</v>
-[...5 lines deleted...]
-      </c>
+        <v>169223</v>
+      </c>
+      <c r="C241" s="6"/>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Марковецький ЗДО "Казка"</t>
+          <t>ЗДО " Яблунька"</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H241" s="6" t="inlineStr">
         <is>
-          <t>7420684401</t>
+          <t>7421183001</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
-          <t>с. Марківці, Бобровицький район, Чернігівська область</t>
+          <t>с. Мармизівка, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 4</t>
+          <t>вулиця Васюка, 17</t>
         </is>
       </c>
       <c r="L241" s="6"/>
       <c r="M241" s="4"/>
       <c r="N241" s="7"/>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P241" s="4" t="inlineStr">
         <is>
-          <t>(097)1954676</t>
+          <t>0666609068</t>
         </is>
       </c>
       <c r="Q241" s="4"/>
       <c r="R241" s="4" t="inlineStr">
         <is>
-          <t>gaponenkotonia@gmail.com</t>
+          <t>dnz.yablonka@mail.ru</t>
         </is>
       </c>
       <c r="S241" s="4"/>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t>Директор Курна Ольга Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y241" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Яблунька" Озерянської сільської ради Варвинського району Чернігівської області</t>
+          <t>Матіївський дошкільний навчальний заклад "Лісова казка" (ясла-садок) Батуринської міської ради Бахмацького району Чернігівської області</t>
         </is>
       </c>
       <c r="B242" s="5" t="n">
-        <v>169223</v>
+        <v>172692</v>
       </c>
       <c r="C242" s="6"/>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>ЗДО " Яблунька"</t>
+          <t>Матіївський ДНЗ "Лісова казка"</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G242" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H242" s="6" t="inlineStr">
         <is>
-          <t>7421183001</t>
+          <t>7420386001</t>
         </is>
       </c>
       <c r="I242" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J242" s="4" t="inlineStr">
         <is>
-          <t>с. Мармизівка, Варвинський район, Чернігівська область</t>
+          <t>с. Матіївка, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K242" s="4" t="inlineStr">
         <is>
-          <t>вулиця Васюка, 17</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L242" s="6"/>
       <c r="M242" s="4"/>
       <c r="N242" s="7"/>
       <c r="O242" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P242" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P242" s="4"/>
       <c r="Q242" s="4"/>
       <c r="R242" s="4" t="inlineStr">
         <is>
-          <t>dnz.yablonka@mail.ru</t>
+          <t>matiivka_silska_rada@meta.ua</t>
         </is>
       </c>
       <c r="S242" s="4"/>
       <c r="T242" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y242" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="4" t="inlineStr">
         <is>
-          <t>Матіївський дошкільний навчальний заклад "Лісова казка" (ясла-садок) Батуринської міської ради Бахмацького району Чернігівської області</t>
+          <t>Машівський заклад дошкільної освіти "Сонечко" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B243" s="5" t="n">
-        <v>172692</v>
-[...1 lines deleted...]
-      <c r="C243" s="6"/>
+        <v>169345</v>
+      </c>
+      <c r="C243" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Матіївський ДНЗ "Лісова казка"</t>
+          <t>Машівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G243" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H243" s="6" t="inlineStr">
         <is>
-          <t>7420386001</t>
+          <t>7424783501</t>
         </is>
       </c>
       <c r="I243" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
-          <t>с. Матіївка, Бахмацький район, Чернігівська область</t>
+          <t>с. Машеве, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
-[...3 lines deleted...]
-      <c r="M243" s="4"/>
+          <t>вулиця Богдана Хмельницького, 4</t>
+        </is>
+      </c>
+      <c r="L243" s="6" t="inlineStr">
+        <is>
+          <t>UA74060070410027410</t>
+        </is>
+      </c>
+      <c r="M243" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Машеве</t>
+        </is>
+      </c>
       <c r="N243" s="7"/>
       <c r="O243" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P243" s="4"/>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P243" s="4" t="inlineStr">
+        <is>
+          <t>(04659)24555</t>
+        </is>
+      </c>
       <c r="Q243" s="4"/>
-      <c r="R243" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R243" s="4"/>
       <c r="S243" s="4"/>
       <c r="T243" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Артозей Олена Олександрівна</t>
         </is>
       </c>
       <c r="U243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y243" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="4" t="inlineStr">
         <is>
-          <t>Машівський заклад дошкільної освіти "Сонечко" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Менський заклад дошкільної освіти (ясла-садок) "Дитяча академія" комбінованого типу Менської міської ради</t>
         </is>
       </c>
       <c r="B244" s="5" t="n">
-        <v>169345</v>
+        <v>169298</v>
       </c>
       <c r="C244" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Машівський ЗДО "Сонечко"</t>
+          <t>Менський ЗДО "Дитяча академія"</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G244" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H244" s="6" t="inlineStr">
         <is>
-          <t>7424783501</t>
+          <t>7423010100</t>
         </is>
       </c>
       <c r="I244" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
-          <t>с. Машеве, Семенівський район, Чернігівська область</t>
+          <t>Мена, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K244" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 4</t>
+          <t>вулиця Титаренка Сергія, 9</t>
         </is>
       </c>
       <c r="L244" s="6" t="inlineStr">
         <is>
-          <t>UA74060070410027410</t>
+          <t>UA74020030010065172</t>
         </is>
       </c>
       <c r="M244" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Машеве</t>
+          <t>Чернігівська обл., Корюківський р-н, м. Мена</t>
         </is>
       </c>
       <c r="N244" s="7"/>
       <c r="O244" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P244" s="4" t="inlineStr">
         <is>
-          <t>(04659)24555</t>
+          <t>(04644)2-16-94</t>
         </is>
       </c>
       <c r="Q244" s="4"/>
-      <c r="R244" s="4"/>
+      <c r="R244" s="4" t="inlineStr">
+        <is>
+          <t>dnzschorsa@gmail.com</t>
+        </is>
+      </c>
       <c r="S244" s="4"/>
       <c r="T244" s="4" t="inlineStr">
         <is>
-          <t>Директор Артозей Олена Олександрівна</t>
+          <t>Директор Верік Юлія Петрівна</t>
         </is>
       </c>
       <c r="U244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y244" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="4" t="inlineStr">
         <is>
-          <t>Менський заклад дошкільної освіти (ясла-садок) "Дитяча академія" комбінованого типу Менської міської ради</t>
+          <t>Менський заклад дошкільної освіти (ясла-садок) "Калинонька" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B245" s="5" t="n">
-        <v>169298</v>
+        <v>169299</v>
       </c>
       <c r="C245" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Менський ЗДО "Дитяча академія"</t>
+          <t>Менський ЗДО "Калинонька"</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G245" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H245" s="6" t="inlineStr">
         <is>
           <t>7423010100</t>
         </is>
       </c>
       <c r="I245" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J245" s="4" t="inlineStr">
         <is>
           <t>Мена, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K245" s="4" t="inlineStr">
         <is>
-          <t>вулиця Титаренка Сергія, 9</t>
+          <t>вулиця Гетьманська, 21</t>
         </is>
       </c>
       <c r="L245" s="6" t="inlineStr">
         <is>
           <t>UA74020030010065172</t>
         </is>
       </c>
       <c r="M245" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Мена</t>
         </is>
       </c>
       <c r="N245" s="7"/>
       <c r="O245" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P245" s="4" t="inlineStr">
         <is>
-          <t>(04644)2-16-94</t>
+          <t>(04644)2-13-80</t>
         </is>
       </c>
       <c r="Q245" s="4"/>
       <c r="R245" s="4" t="inlineStr">
         <is>
-          <t>dnzschorsa@gmail.com</t>
+          <t>dnzgagarina@gmail.com</t>
         </is>
       </c>
       <c r="S245" s="4"/>
       <c r="T245" s="4" t="inlineStr">
         <is>
-          <t>Директор Верік Юлія Петрівна</t>
+          <t>Директор Слабченко Віра Миколаївна</t>
         </is>
       </c>
       <c r="U245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y245" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="4" t="inlineStr">
         <is>
-          <t>Менський заклад дошкільної освіти (ясла-садок) "Калинонька" загального типу Менської міської ради</t>
+          <t>Менський заклад дошкільної освіти (ясла-садок) "Сонечко" комбінованого типу Менської міської ради</t>
         </is>
       </c>
       <c r="B246" s="5" t="n">
-        <v>169299</v>
+        <v>169296</v>
       </c>
       <c r="C246" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Менський ЗДО "Калинонька"</t>
+          <t>Менський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G246" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H246" s="6" t="inlineStr">
         <is>
           <t>7423010100</t>
         </is>
       </c>
       <c r="I246" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J246" s="4" t="inlineStr">
         <is>
           <t>Мена, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K246" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьманська, 21</t>
+          <t>вулиця Гімназійна, 1</t>
         </is>
       </c>
       <c r="L246" s="6" t="inlineStr">
         <is>
           <t>UA74020030010065172</t>
         </is>
       </c>
       <c r="M246" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Корюківський р-н, м. Мена</t>
         </is>
       </c>
       <c r="N246" s="7"/>
       <c r="O246" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P246" s="4" t="inlineStr">
         <is>
-          <t>(04644)2-13-80</t>
+          <t>(04644)31064, (04644)31960</t>
         </is>
       </c>
       <c r="Q246" s="4"/>
       <c r="R246" s="4" t="inlineStr">
         <is>
-          <t>dnzgagarina@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S246" s="4"/>
+          <t>Dnzsone4ko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S246" s="4" t="inlineStr">
+        <is>
+          <t>https://www.facebook.com/zdo.sonechko.mena/</t>
+        </is>
+      </c>
       <c r="T246" s="4" t="inlineStr">
         <is>
-          <t>Директор Слабченко Віра Миколаївна</t>
+          <t>Директор Майстренко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y246" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="4" t="inlineStr">
         <is>
-          <t>Менський заклад дошкільної освіти (ясла-садок) "Сонечко" комбінованого типу Менської міської ради</t>
+          <t>Заклад дошкільної освіти Чебурашка Борзнянської міської ради Чернігівської обасті</t>
         </is>
       </c>
       <c r="B247" s="5" t="n">
-        <v>169296</v>
-[...5 lines deleted...]
-      </c>
+        <v>169451</v>
+      </c>
+      <c r="C247" s="6"/>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Менський ЗДО "Сонечко"</t>
+          <t>ЗДО Чебурашка</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G247" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H247" s="6" t="inlineStr">
         <is>
-          <t>7423010100</t>
+          <t>7420883201</t>
         </is>
       </c>
       <c r="I247" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J247" s="4" t="inlineStr">
         <is>
-          <t>Мена, Менський район, Чернігівська область</t>
+          <t>с. Миколаївка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K247" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гімназійна, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Набережна, 1</t>
+        </is>
+      </c>
+      <c r="L247" s="6"/>
+      <c r="M247" s="4"/>
       <c r="N247" s="7"/>
       <c r="O247" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
+          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P247" s="4" t="inlineStr">
         <is>
-          <t>(04644)31064, (04644)31960</t>
+          <t>(38096)9665919</t>
         </is>
       </c>
       <c r="Q247" s="4"/>
       <c r="R247" s="4" t="inlineStr">
         <is>
-          <t>Dnzsone4ko@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>olgasm703@gmail.com</t>
+        </is>
+      </c>
+      <c r="S247" s="4"/>
       <c r="T247" s="4" t="inlineStr">
         <is>
-          <t>Директор Майстренко Олена Володимирівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y247" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти Чебурашка Борзнянської міської ради Чернігівської обасті</t>
+          <t>Миколаївський сільський комунальний дошкільний навчальний заклад (дитячий садок) "Колобок" загального типу Миколаївської сільської ради, Менського району, Чернігівської області</t>
         </is>
       </c>
       <c r="B248" s="5" t="n">
-        <v>169451</v>
+        <v>172696</v>
       </c>
       <c r="C248" s="6"/>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>ЗДО Чебурашка</t>
+          <t>Миколаївський сільський комунальний дошкільний навчальний заклад (дитячий садок) "Колобок" загального типу Миколаївської сільськ</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G248" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H248" s="6" t="inlineStr">
         <is>
-          <t>7420883201</t>
+          <t>7423086701</t>
         </is>
       </c>
       <c r="I248" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J248" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Борзнянський район, Чернігівська область</t>
+          <t>с. Миколаївка, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K248" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 1</t>
-[...3 lines deleted...]
-      <c r="M248" s="4"/>
+          <t>вулиця Миру, 32</t>
+        </is>
+      </c>
+      <c r="L248" s="6" t="inlineStr">
+        <is>
+          <t>UA74100010100064710</t>
+        </is>
+      </c>
+      <c r="M248" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Миколаївка</t>
+        </is>
+      </c>
       <c r="N248" s="7"/>
       <c r="O248" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P248" s="4"/>
       <c r="Q248" s="4"/>
-      <c r="R248" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R248" s="4"/>
       <c r="S248" s="4"/>
       <c r="T248" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y248" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський сільський комунальний дошкільний навчальний заклад (дитячий садок) "Колобок" загального типу Миколаївської сільської ради, Менського району, Чернігівської області</t>
+          <t>Ясла-садок "Ромашка" ТОВ " Земля і Воля" Бобровицького району, Чернігівської області.</t>
         </is>
       </c>
       <c r="B249" s="5" t="n">
-        <v>172696</v>
-[...1 lines deleted...]
-      <c r="C249" s="6"/>
+        <v>169892</v>
+      </c>
+      <c r="C249" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський сільський комунальний дошкільний навчальний заклад (дитячий садок) "Колобок" загального типу Миколаївської сільськ</t>
+          <t>Ясла-садок "Ромашка" ТОВ "Земля і Воля"</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G249" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H249" s="6" t="inlineStr">
         <is>
-          <t>7423086701</t>
+          <t>7420610103</t>
         </is>
       </c>
       <c r="I249" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J249" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Менський район, Чернігівська область</t>
+          <t>с-ще Мирне, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K249" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 32</t>
+          <t>вулиця Садова, 12</t>
         </is>
       </c>
       <c r="L249" s="6" t="inlineStr">
         <is>
-          <t>UA74100010100064710</t>
+          <t>UA74040050410048945</t>
         </is>
       </c>
       <c r="M249" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Миколаївка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с-ще Мирне</t>
         </is>
       </c>
       <c r="N249" s="7"/>
       <c r="O249" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P249" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P249" s="4" t="inlineStr">
+        <is>
+          <t>(04632)34431</t>
+        </is>
+      </c>
       <c r="Q249" s="4"/>
-      <c r="R249" s="4"/>
-      <c r="S249" s="4"/>
+      <c r="R249" s="4" t="inlineStr">
+        <is>
+          <t>Romashkamirne@gmail.com</t>
+        </is>
+      </c>
+      <c r="S249" s="4" t="inlineStr">
+        <is>
+          <t>http://myrne-dnz.cn.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T249" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Таран Віра Василівна</t>
         </is>
       </c>
       <c r="U249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y249" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="4" t="inlineStr">
         <is>
-          <t>Ясла-садок "Ромашка" ТОВ " Земля і Воля" Бобровицького району, Чернігівської області.</t>
+          <t>Комунальний Михайло-Коцюбинський дошкільний навчальний заклад (ясла-сад) "Пролісок" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B250" s="5" t="n">
-        <v>169892</v>
-[...5 lines deleted...]
-      </c>
+        <v>169425</v>
+      </c>
+      <c r="C250" s="6"/>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Ясла-садок "Ромашка" ТОВ "Земля і Воля"</t>
+          <t>Комунальний М.Коцюбинський ДНЗ (ясла-сад) "Пролісок"</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G250" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H250" s="6" t="inlineStr">
         <is>
-          <t>7420610103</t>
+          <t>7425555400</t>
         </is>
       </c>
       <c r="I250" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J250" s="4" t="inlineStr">
         <is>
-          <t>с-ще Мирне, Бобровицький район, Чернігівська область</t>
+          <t>смт Михайло-Коцюбинське, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K250" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 12</t>
+          <t>вулиця Шевченка, 41</t>
         </is>
       </c>
       <c r="L250" s="6" t="inlineStr">
         <is>
-          <t>UA74040050410048945</t>
+          <t>UA74100250010077513</t>
         </is>
       </c>
       <c r="M250" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с-ще Мирне</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Михайло-Коцюбинське</t>
         </is>
       </c>
       <c r="N250" s="7"/>
       <c r="O250" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P250" s="4"/>
       <c r="Q250" s="4"/>
-      <c r="R250" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R250" s="4"/>
+      <c r="S250" s="4"/>
       <c r="T250" s="4" t="inlineStr">
         <is>
-          <t>Директор Таран Віра Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y250" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="4" t="inlineStr">
         <is>
-          <t>Комунальний Михайло-Коцюбинський дошкільний навчальний заклад (ясла-сад) "Пролісок" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Петрівський дошкільний навчальний заклад загального розвитку</t>
         </is>
       </c>
       <c r="B251" s="5" t="n">
-        <v>169425</v>
+        <v>175132</v>
       </c>
       <c r="C251" s="6"/>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Комунальний М.Коцюбинський ДНЗ (ясла-сад) "Пролісок"</t>
+          <t>Петрівський ДНЗ</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G251" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H251" s="6" t="inlineStr">
         <is>
-          <t>7425555400</t>
+          <t>7422088001</t>
         </is>
       </c>
       <c r="I251" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J251" s="4" t="inlineStr">
         <is>
-          <t>смт Михайло-Коцюбинське, Чернігівський район, Чернігівська область</t>
+          <t>с. Мостище, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K251" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 41</t>
+          <t>вулиця Центральна, 15</t>
         </is>
       </c>
       <c r="L251" s="6" t="inlineStr">
         <is>
-          <t>UA74100250010077513</t>
+          <t>UA74100190260050126</t>
         </is>
       </c>
       <c r="M251" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Михайло-Коцюбинське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Мостище</t>
         </is>
       </c>
       <c r="N251" s="7"/>
       <c r="O251" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P251" s="4"/>
+      <c r="P251" s="4" t="inlineStr">
+        <is>
+          <t>0972057114</t>
+        </is>
+      </c>
       <c r="Q251" s="4"/>
-      <c r="R251" s="4"/>
+      <c r="R251" s="4" t="inlineStr">
+        <is>
+          <t>svetlana0362@ukr.net</t>
+        </is>
+      </c>
       <c r="S251" s="4"/>
       <c r="T251" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y251" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="4" t="inlineStr">
         <is>
-          <t>Петрівський дошкільний навчальний заклад загального розвитку</t>
+          <t>Мохнатинський комунальний заклад дошкільної освіти "Малятко" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B252" s="5" t="n">
-        <v>175132</v>
+        <v>176360</v>
       </c>
       <c r="C252" s="6"/>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Петрівський ДНЗ</t>
+          <t>Мохнатинський комунальний заклад дошкільної освіти "Малятко"</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G252" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H252" s="6" t="inlineStr">
         <is>
-          <t>7422088001</t>
+          <t>7425585201</t>
         </is>
       </c>
       <c r="I252" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J252" s="4" t="inlineStr">
         <is>
-          <t>с. Мостище, Козелецький район, Чернігівська область</t>
+          <t>с. Мохнатин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K252" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 15</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Перемоги, 19</t>
+        </is>
+      </c>
+      <c r="L252" s="6"/>
+      <c r="M252" s="4"/>
       <c r="N252" s="7"/>
       <c r="O252" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P252" s="4" t="inlineStr">
         <is>
-          <t>0972057114</t>
+          <t>(380)633756383</t>
         </is>
       </c>
       <c r="Q252" s="4"/>
-      <c r="R252" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R252" s="4"/>
       <c r="S252" s="4"/>
       <c r="T252" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y252" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="4" t="inlineStr">
         <is>
-          <t>Мохнатинський комунальний заклад дошкільної освіти "Малятко" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Мощенської ЗОШ І-ІІІ ст. Городнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B253" s="5" t="n">
-        <v>176360</v>
+        <v>169236</v>
       </c>
       <c r="C253" s="6"/>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Мохнатинський комунальний заклад дошкільної освіти "Малятко"</t>
+          <t>ОДНЗ на базі Мощенської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G253" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H253" s="6" t="inlineStr">
         <is>
-          <t>7425585201</t>
+          <t>7421486801</t>
         </is>
       </c>
       <c r="I253" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J253" s="4" t="inlineStr">
         <is>
-          <t>с. Мохнатин, Чернігівський район, Чернігівська область</t>
+          <t>с. Мощенка, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K253" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 19</t>
+          <t>вулиця Цимбаліста, 32</t>
         </is>
       </c>
       <c r="L253" s="6"/>
       <c r="M253" s="4"/>
       <c r="N253" s="7"/>
       <c r="O253" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P253" s="4" t="inlineStr">
         <is>
-          <t>(380)633756383</t>
+          <t>(096)6533144</t>
         </is>
       </c>
       <c r="Q253" s="4"/>
-      <c r="R253" s="4"/>
+      <c r="R253" s="4" t="inlineStr">
+        <is>
+          <t>moshchenskaschool@gmail.com</t>
+        </is>
+      </c>
       <c r="S253" s="4"/>
       <c r="T253" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y253" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Мощенської ЗОШ І-ІІІ ст. Городнянської міської ради Чернігівської області</t>
+          <t>Мринський заклад дошкільної освіти ясла-садок "Сонечко" загального типу розвитку Мринської сільської ради Ніжинського району Чернігівської одласті</t>
         </is>
       </c>
       <c r="B254" s="5" t="n">
-        <v>169236</v>
-[...1 lines deleted...]
-      <c r="C254" s="6"/>
+        <v>169310</v>
+      </c>
+      <c r="C254" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>ОДНЗ на базі Мощенської ЗОШ І-ІІІ ст.</t>
+          <t>Мринський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G254" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H254" s="6" t="inlineStr">
         <is>
-          <t>7421486801</t>
+          <t>7423883501</t>
         </is>
       </c>
       <c r="I254" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J254" s="4" t="inlineStr">
         <is>
-          <t>с. Мощенка, Городнянський район, Чернігівська область</t>
+          <t>с. Мрин, Носівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K254" s="4" t="inlineStr">
         <is>
-          <t>вулиця Цимбаліста, 32</t>
-[...3 lines deleted...]
-      <c r="M254" s="4"/>
+          <t>вулиця Центральна, 31</t>
+        </is>
+      </c>
+      <c r="L254" s="6" t="inlineStr">
+        <is>
+          <t>UA74040230010081588</t>
+        </is>
+      </c>
+      <c r="M254" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, с. Мрин</t>
+        </is>
+      </c>
       <c r="N254" s="7"/>
       <c r="O254" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, молоді та спорту Мринської сільської ради</t>
         </is>
       </c>
       <c r="P254" s="4" t="inlineStr">
         <is>
-          <t>(096)6533144</t>
+          <t>(04642)29215</t>
         </is>
       </c>
       <c r="Q254" s="4"/>
       <c r="R254" s="4" t="inlineStr">
         <is>
-          <t>moshchenskaschool@gmail.com</t>
+          <t>zavdnzsonehko1@gmail.com</t>
         </is>
       </c>
       <c r="S254" s="4"/>
       <c r="T254" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Сіренко Лідія Вікторівна</t>
         </is>
       </c>
       <c r="U254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y254" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="4" t="inlineStr">
         <is>
-          <t>Мринський заклад дошкільної освіти ясла-садок "Сонечко" загального типу розвитку Мринської сільської ради Ніжинського району Чернігівської одласті</t>
+          <t>Наумівський дошкільний навчальний заклад "Сонечко" Корюківської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B255" s="5" t="n">
-        <v>169310</v>
-[...5 lines deleted...]
-      </c>
+        <v>169293</v>
+      </c>
+      <c r="C255" s="6"/>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Мринський ЗДО "Сонечко"</t>
+          <t>Наумівський дошкільний навчальний заклад "Сонечко"</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G255" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H255" s="6" t="inlineStr">
         <is>
-          <t>7423883501</t>
+          <t>7422485501</t>
         </is>
       </c>
       <c r="I255" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J255" s="4" t="inlineStr">
         <is>
-          <t>с. Мрин, Носівський район, Чернігівська область</t>
+          <t>с. Наумівка, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K255" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 31</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 105</t>
+        </is>
+      </c>
+      <c r="L255" s="6"/>
+      <c r="M255" s="4"/>
       <c r="N255" s="7"/>
       <c r="O255" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Мринської сільської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
+        </is>
+      </c>
+      <c r="P255" s="4"/>
       <c r="Q255" s="4"/>
       <c r="R255" s="4" t="inlineStr">
         <is>
-          <t>zavdnzsonehko1@gmail.com</t>
+          <t>zoia.savchienko.1972@ukr.net</t>
         </is>
       </c>
       <c r="S255" s="4"/>
       <c r="T255" s="4" t="inlineStr">
         <is>
-          <t>Директор Сіренко Лідія Вікторівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y255" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="4" t="inlineStr">
         <is>
-          <t>Наумівський дошкільний навчальний заклад "Сонечко" Корюківської міської ради Чернігівської області</t>
+          <t>Нехаївський дошкільний навчальний заклад «Малятко» Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B256" s="5" t="n">
-        <v>169293</v>
+        <v>169955</v>
       </c>
       <c r="C256" s="6"/>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Наумівський дошкільний навчальний заклад "Сонечко"</t>
+          <t>Нехаївський ДНЗ «Малятко»</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G256" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H256" s="6" t="inlineStr">
         <is>
-          <t>7422485501</t>
+          <t>7422285001</t>
         </is>
       </c>
       <c r="I256" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J256" s="4" t="inlineStr">
         <is>
-          <t>с. Наумівка, Корюківський район, Чернігівська область</t>
+          <t>с. Нехаївка, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K256" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 105</t>
+          <t>вулиця Кільцева, 64</t>
         </is>
       </c>
       <c r="L256" s="6"/>
       <c r="M256" s="4"/>
       <c r="N256" s="7"/>
       <c r="O256" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
-[...2 lines deleted...]
-      <c r="P256" s="4"/>
+          <t>Відділ освіти Коропської селищної ради</t>
+        </is>
+      </c>
+      <c r="P256" s="4" t="inlineStr">
+        <is>
+          <t>(04656)28524</t>
+        </is>
+      </c>
       <c r="Q256" s="4"/>
-      <c r="R256" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R256" s="4"/>
       <c r="S256" s="4"/>
       <c r="T256" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y256" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="4" t="inlineStr">
         <is>
-          <t>Нехаївський дошкільний навчальний заклад «Малятко» Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Зернятко" Новобасанської сільської ради Бобровицького району Чернігівської області</t>
         </is>
       </c>
       <c r="B257" s="5" t="n">
-        <v>169955</v>
+        <v>169895</v>
       </c>
       <c r="C257" s="6"/>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Нехаївський ДНЗ «Малятко»</t>
+          <t>Новобасанський ДНЗ "Зернятко"</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G257" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H257" s="6" t="inlineStr">
         <is>
-          <t>7422285001</t>
+          <t>7420684801</t>
         </is>
       </c>
       <c r="I257" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J257" s="4" t="inlineStr">
         <is>
-          <t>с. Нехаївка, Коропський район, Чернігівська область</t>
+          <t>с. Нова Басань, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K257" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кільцева, 64</t>
-[...3 lines deleted...]
-      <c r="M257" s="4"/>
+          <t>вулиця Незалежності, 10</t>
+        </is>
+      </c>
+      <c r="L257" s="6" t="inlineStr">
+        <is>
+          <t>UA74040270010056465</t>
+        </is>
+      </c>
+      <c r="M257" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, с. Нова Басань</t>
+        </is>
+      </c>
       <c r="N257" s="7"/>
       <c r="O257" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P257" s="4" t="inlineStr">
         <is>
-          <t>(04656)28524</t>
+          <t>0938998595</t>
         </is>
       </c>
       <c r="Q257" s="4"/>
-      <c r="R257" s="4"/>
+      <c r="R257" s="4" t="inlineStr">
+        <is>
+          <t>dnzzernjatkonovab@i.ua</t>
+        </is>
+      </c>
       <c r="S257" s="4"/>
       <c r="T257" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y257" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Зернятко" Новобасанської сільської ради Бобровицького району Чернігівської області</t>
+          <t>Радгоспівський дошкільний навчальний заклад Седнівської селищної ради</t>
         </is>
       </c>
       <c r="B258" s="5" t="n">
-        <v>169895</v>
+        <v>169435</v>
       </c>
       <c r="C258" s="6"/>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Новобасанський ДНЗ "Зернятко"</t>
+          <t>Радгоспівський ДНЗ</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G258" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H258" s="6" t="inlineStr">
         <is>
-          <t>7420684801</t>
+          <t>7425556001</t>
         </is>
       </c>
       <c r="I258" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J258" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Басань, Бобровицький район, Чернігівська область</t>
+          <t>с-ще Нове, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K258" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 10</t>
+          <t>вулиця Центральна, 3</t>
         </is>
       </c>
       <c r="L258" s="6" t="inlineStr">
         <is>
-          <t>UA74040270010056465</t>
+          <t>UA74100350080059024</t>
         </is>
       </c>
       <c r="M258" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Нова Басань</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Нове</t>
         </is>
       </c>
       <c r="N258" s="7"/>
       <c r="O258" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P258" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P258" s="4"/>
       <c r="Q258" s="4"/>
-      <c r="R258" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R258" s="4"/>
       <c r="S258" s="4"/>
       <c r="T258" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y258" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="4" t="inlineStr">
         <is>
-          <t>Радгоспівський дошкільний навчальний заклад Седнівської селищної ради</t>
+          <t>Новобиківський заклад дошкільної освіти ясла-садок "Яблунька" Новобасанської сільської ради Бобровицького району Чернігівської області</t>
         </is>
       </c>
       <c r="B259" s="5" t="n">
-        <v>169435</v>
+        <v>169893</v>
       </c>
       <c r="C259" s="6"/>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Радгоспівський ДНЗ</t>
+          <t>Новобиківський ЗДО ясла-садок"Яблунька"</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G259" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H259" s="6" t="inlineStr">
         <is>
-          <t>7425556001</t>
+          <t>7420685501</t>
         </is>
       </c>
       <c r="I259" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J259" s="4" t="inlineStr">
         <is>
-          <t>с-ще Нове, Чернігівський район, Чернігівська область</t>
+          <t>с. Новий Биків, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K259" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 26</t>
+        </is>
+      </c>
+      <c r="L259" s="6"/>
+      <c r="M259" s="4"/>
       <c r="N259" s="7"/>
       <c r="O259" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P259" s="4"/>
+      <c r="P259" s="4" t="inlineStr">
+        <is>
+          <t>0463236480</t>
+        </is>
+      </c>
       <c r="Q259" s="4"/>
-      <c r="R259" s="4"/>
+      <c r="R259" s="4" t="inlineStr">
+        <is>
+          <t>yablunka2017@ukr.net</t>
+        </is>
+      </c>
       <c r="S259" s="4"/>
       <c r="T259" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y259" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="4" t="inlineStr">
         <is>
-          <t>Новобиківський заклад дошкільної освіти ясла-садок "Яблунька" Новобасанської сільської ради Бобровицького району Чернігівської області</t>
+          <t>Новобілоуський комунальний заклад дошкільної освіти "Мрія" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B260" s="5" t="n">
-        <v>169893</v>
+        <v>174979</v>
       </c>
       <c r="C260" s="6"/>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Новобиківський ЗДО ясла-садок"Яблунька"</t>
+          <t>Новобілоуський КЗДО "Мрія"</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G260" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H260" s="6" t="inlineStr">
         <is>
-          <t>7420685501</t>
+          <t>7425585501</t>
         </is>
       </c>
       <c r="I260" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J260" s="4" t="inlineStr">
         <is>
-          <t>с. Новий Биків, Бобровицький район, Чернігівська область</t>
+          <t>с. Новий Білоус, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K260" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 26</t>
-[...3 lines deleted...]
-      <c r="M260" s="4"/>
+          <t>вулиця Троїцька, 3-А</t>
+        </is>
+      </c>
+      <c r="L260" s="6" t="inlineStr">
+        <is>
+          <t>UA74100270010051718</t>
+        </is>
+      </c>
+      <c r="M260" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Новий Білоус</t>
+        </is>
+      </c>
       <c r="N260" s="7"/>
       <c r="O260" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P260" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P260" s="4"/>
       <c r="Q260" s="4"/>
-      <c r="R260" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R260" s="4"/>
       <c r="S260" s="4"/>
       <c r="T260" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y260" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="4" t="inlineStr">
         <is>
-          <t>Новобілоуський комунальний заклад дошкільної освіти "Мрія" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Новошляхівський заклад дошкільної освіти "Веселка" Кіптівської сільської ради</t>
         </is>
       </c>
       <c r="B261" s="5" t="n">
-        <v>174979</v>
+        <v>176175</v>
       </c>
       <c r="C261" s="6"/>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Новобілоуський КЗДО "Мрія"</t>
+          <t>Новошляхівський ЗДО</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G261" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H261" s="6" t="inlineStr">
         <is>
-          <t>7425585501</t>
+          <t>7422086350</t>
         </is>
       </c>
       <c r="I261" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J261" s="4" t="inlineStr">
         <is>
-          <t>с. Новий Білоус, Чернігівський район, Чернігівська область</t>
+          <t>с. Новий Шлях, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K261" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 3-А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця 30років Перемоги, 5</t>
+        </is>
+      </c>
+      <c r="L261" s="6"/>
+      <c r="M261" s="4"/>
       <c r="N261" s="7"/>
       <c r="O261" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P261" s="4"/>
+      <c r="P261" s="4" t="inlineStr">
+        <is>
+          <t>(066)9915447</t>
+        </is>
+      </c>
       <c r="Q261" s="4"/>
       <c r="R261" s="4"/>
       <c r="S261" s="4"/>
       <c r="T261" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y261" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="4" t="inlineStr">
         <is>
-          <t>Новошляхівський заклад дошкільної освіти "Веселка" Кіптівської сільської ради</t>
+          <t>Носівський дошкільний навчальний заклад " Ромашка" загального типу Носівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B262" s="5" t="n">
-        <v>176175</v>
+        <v>169311</v>
       </c>
       <c r="C262" s="6"/>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Новошляхівський ЗДО</t>
+          <t>ДНЗ "Ромашка</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G262" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H262" s="6" t="inlineStr">
         <is>
-          <t>7422086350</t>
+          <t>7423810100</t>
         </is>
       </c>
       <c r="I262" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J262" s="4" t="inlineStr">
         <is>
-          <t>с. Новий Шлях, Козелецький район, Чернігівська область</t>
+          <t>Носівка, Носівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K262" s="4" t="inlineStr">
         <is>
-          <t>вулиця 30років Перемоги, 5</t>
-[...3 lines deleted...]
-      <c r="M262" s="4"/>
+          <t>вулиця Цукрозаводська, 8</t>
+        </is>
+      </c>
+      <c r="L262" s="6" t="inlineStr">
+        <is>
+          <t>UA74040290010030247</t>
+        </is>
+      </c>
+      <c r="M262" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, м. Носівка</t>
+        </is>
+      </c>
       <c r="N262" s="7"/>
       <c r="O262" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P262" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P262" s="4"/>
       <c r="Q262" s="4"/>
       <c r="R262" s="4"/>
       <c r="S262" s="4"/>
       <c r="T262" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y262" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Усмішка" с. Нові Млини Височанської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Носівський дошкільний навчальний заклад №1 "Барвінок" комбінованого типу Носівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B263" s="5" t="n">
-        <v>169460</v>
+        <v>169309</v>
       </c>
       <c r="C263" s="6"/>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Усмішка"</t>
+          <t>Носівський ДНЗ №1 "Барвінок"</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G263" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H263" s="6" t="inlineStr">
         <is>
-          <t>7420883601</t>
+          <t>7423810100</t>
         </is>
       </c>
       <c r="I263" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J263" s="4" t="inlineStr">
         <is>
-          <t>с. Нові Млини, Борзнянський район, Чернігівська область</t>
+          <t>Носівка, Носівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K263" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярцева, 60а</t>
-[...3 lines deleted...]
-      <c r="M263" s="4"/>
+          <t>вулиця Воскресенська, 11</t>
+        </is>
+      </c>
+      <c r="L263" s="6" t="inlineStr">
+        <is>
+          <t>UA74040290010030247</t>
+        </is>
+      </c>
+      <c r="M263" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, м. Носівка</t>
+        </is>
+      </c>
       <c r="N263" s="7"/>
       <c r="O263" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Височанської сільської ради Ніжинського району Чернігівської області</t>
-[...2 lines deleted...]
-      <c r="P263" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P263" s="4" t="inlineStr">
+        <is>
+          <t>(04642)22077</t>
+        </is>
+      </c>
       <c r="Q263" s="4"/>
-      <c r="R263" s="4"/>
+      <c r="R263" s="4" t="inlineStr">
+        <is>
+          <t>nosivkadnz1@i.ua</t>
+        </is>
+      </c>
       <c r="S263" s="4"/>
       <c r="T263" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y263" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="4" t="inlineStr">
         <is>
-          <t>Носівський дошкільний навчальний заклад " Ромашка" загального типу Носівської міської ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Капітошка" загального типу с. Обичів Малодівицької селищної ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B264" s="5" t="n">
-        <v>169311</v>
+        <v>169333</v>
       </c>
       <c r="C264" s="6"/>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Ромашка</t>
+          <t>Обичівський ДНЗ</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H264" s="6" t="inlineStr">
         <is>
-          <t>7423810100</t>
+          <t>7424186101</t>
         </is>
       </c>
       <c r="I264" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J264" s="4" t="inlineStr">
         <is>
-          <t>Носівка, Носівський район, Чернігівська область</t>
+          <t>с. Обичів, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K264" s="4" t="inlineStr">
         <is>
-          <t>вулиця Цукрозаводська, 8</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 31</t>
+        </is>
+      </c>
+      <c r="L264" s="6"/>
+      <c r="M264" s="4"/>
       <c r="N264" s="7"/>
       <c r="O264" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
         </is>
       </c>
       <c r="P264" s="4"/>
       <c r="Q264" s="4"/>
       <c r="R264" s="4"/>
       <c r="S264" s="4"/>
       <c r="T264" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y264" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="4" t="inlineStr">
         <is>
-          <t>Носівський дошкільний навчальний заклад №1 "Барвінок" комбінованого типу Носівської міської ради Чернігівської області</t>
+          <t>Оболонський дошкільний навчальний заклад "Струмочок" (дитячий садок) Коропської селищної ради</t>
         </is>
       </c>
       <c r="B265" s="5" t="n">
-        <v>169309</v>
+        <v>169956</v>
       </c>
       <c r="C265" s="6"/>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Носівський ДНЗ №1 "Барвінок"</t>
+          <t>Оболонський дошкільний навчальний заклад "Струмочок" (дитячий садок) Коропської селищної ради Коропського району Чернігівської</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G265" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H265" s="6" t="inlineStr">
         <is>
-          <t>7423810100</t>
+          <t>7422285501</t>
         </is>
       </c>
       <c r="I265" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J265" s="4" t="inlineStr">
         <is>
-          <t>Носівка, Носівський район, Чернігівська область</t>
+          <t>с. Оболоння, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K265" s="4" t="inlineStr">
         <is>
-          <t>вулиця Воскресенська, 11</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Зудихіна, 1</t>
+        </is>
+      </c>
+      <c r="L265" s="6"/>
+      <c r="M265" s="4"/>
       <c r="N265" s="7"/>
       <c r="O265" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коропської селищної ради</t>
         </is>
       </c>
       <c r="P265" s="4" t="inlineStr">
         <is>
-          <t>(04642)22077</t>
+          <t>(04656)25244</t>
         </is>
       </c>
       <c r="Q265" s="4"/>
-      <c r="R265" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R265" s="4"/>
       <c r="S265" s="4"/>
       <c r="T265" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y265" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Капітошка" загального типу с. Обичів Малодівицької селищної ради Прилуцького району Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Калинка" Озерянської сільської ради Чернігівської області Варвинського району</t>
         </is>
       </c>
       <c r="B266" s="5" t="n">
-        <v>169333</v>
+        <v>169218</v>
       </c>
       <c r="C266" s="6"/>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Обичівський ДНЗ</t>
+          <t>ЗДО "Калинка"с.Озеряни</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G266" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H266" s="6" t="inlineStr">
         <is>
-          <t>7424186101</t>
+          <t>7421183201</t>
         </is>
       </c>
       <c r="I266" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J266" s="4" t="inlineStr">
         <is>
-          <t>с. Обичів, Прилуцький район, Чернігівська область</t>
+          <t>с. Озеряни, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K266" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 31</t>
-[...3 lines deleted...]
-      <c r="M266" s="4"/>
+          <t>вулиця Набережна, 7</t>
+        </is>
+      </c>
+      <c r="L266" s="6" t="inlineStr">
+        <is>
+          <t>UA74080010210010695</t>
+        </is>
+      </c>
+      <c r="M266" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Озеряни</t>
+        </is>
+      </c>
       <c r="N266" s="7"/>
       <c r="O266" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
-[...2 lines deleted...]
-      <c r="P266" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P266" s="4" t="inlineStr">
+        <is>
+          <t>0957158966</t>
+        </is>
+      </c>
       <c r="Q266" s="4"/>
-      <c r="R266" s="4"/>
+      <c r="R266" s="4" t="inlineStr">
+        <is>
+          <t>ninagayday1958@gmail.com</t>
+        </is>
+      </c>
       <c r="S266" s="4"/>
       <c r="T266" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y266" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="4" t="inlineStr">
         <is>
-          <t>Оболонський дошкільний навчальний заклад "Струмочок" (дитячий садок) Коропської селищної ради</t>
+          <t>Озерянський заклад дошкільної освіти "Малятко" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B267" s="5" t="n">
-        <v>169956</v>
-[...1 lines deleted...]
-      <c r="C267" s="6"/>
+        <v>169887</v>
+      </c>
+      <c r="C267" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Оболонський дошкільний навчальний заклад "Струмочок" (дитячий садок) Коропської селищної ради Коропського району Чернігівської</t>
+          <t>Озерянський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G267" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H267" s="6" t="inlineStr">
         <is>
-          <t>7422285501</t>
+          <t>7420685201</t>
         </is>
       </c>
       <c r="I267" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J267" s="4" t="inlineStr">
         <is>
-          <t>с. Оболоння, Коропський район, Чернігівська область</t>
+          <t>с. Озеряни, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K267" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зудихіна, 1</t>
+          <t>вулиця Кошового, 14</t>
         </is>
       </c>
       <c r="L267" s="6"/>
       <c r="M267" s="4"/>
       <c r="N267" s="7"/>
       <c r="O267" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P267" s="4" t="inlineStr">
         <is>
-          <t>(04656)25244</t>
+          <t>(098)7913592</t>
         </is>
       </c>
       <c r="Q267" s="4"/>
-      <c r="R267" s="4"/>
+      <c r="R267" s="4" t="inlineStr">
+        <is>
+          <t>ozerzdomalyatko@ukr.net</t>
+        </is>
+      </c>
       <c r="S267" s="4"/>
       <c r="T267" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Сутуга Оксана Іванівна</t>
         </is>
       </c>
       <c r="U267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y267" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Калинка" Озерянської сільської ради Чернігівської області Варвинського району</t>
+          <t>Олександрівський дошкільний навчальний заклад "Малятко" Корюківської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B268" s="5" t="n">
-        <v>169218</v>
+        <v>169292</v>
       </c>
       <c r="C268" s="6"/>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Калинка"с.Озеряни</t>
+          <t>Олександрівський ДНЗ "Малятко"</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H268" s="6" t="inlineStr">
         <is>
-          <t>7421183201</t>
+          <t>7422480501</t>
         </is>
       </c>
       <c r="I268" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J268" s="4" t="inlineStr">
         <is>
-          <t>с. Озеряни, Варвинський район, Чернігівська область</t>
+          <t>с. Олександрівка, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K268" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 7</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Центральна, 105</t>
+        </is>
+      </c>
+      <c r="L268" s="6"/>
+      <c r="M268" s="4"/>
       <c r="N268" s="7"/>
       <c r="O268" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
+        </is>
+      </c>
+      <c r="P268" s="4"/>
       <c r="Q268" s="4"/>
-      <c r="R268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R268" s="4"/>
       <c r="S268" s="4"/>
       <c r="T268" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y268" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="4" t="inlineStr">
         <is>
-          <t>Озерянський заклад дошкільної освіти "Малятко" Бобровицької міської ради Чернігівської області</t>
+          <t>Олександрівський заклад дошкільної освіти "Малятко" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B269" s="5" t="n">
-        <v>169887</v>
+        <v>169340</v>
       </c>
       <c r="C269" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Озерянський ЗДО "Малятко"</t>
+          <t>Олександрівський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G269" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H269" s="6" t="inlineStr">
         <is>
-          <t>7420685201</t>
+          <t>7424780501</t>
         </is>
       </c>
       <c r="I269" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J269" s="4" t="inlineStr">
         <is>
-          <t>с. Озеряни, Бобровицький район, Чернігівська область</t>
+          <t>с. Олександрівка, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K269" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кошового, 14</t>
-[...3 lines deleted...]
-      <c r="M269" s="4"/>
+          <t>вулиця Шевченка, 40</t>
+        </is>
+      </c>
+      <c r="L269" s="6" t="inlineStr">
+        <is>
+          <t>UA74060070460078937</t>
+        </is>
+      </c>
+      <c r="M269" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Олександрівка</t>
+        </is>
+      </c>
       <c r="N269" s="7"/>
       <c r="O269" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P269" s="4" t="inlineStr">
         <is>
-          <t>(098)7913592</t>
+          <t>(04659)2-63-08</t>
         </is>
       </c>
       <c r="Q269" s="4"/>
       <c r="R269" s="4" t="inlineStr">
         <is>
-          <t>ozerzdomalyatko@ukr.net</t>
+          <t>julia8319@ukr.net</t>
         </is>
       </c>
       <c r="S269" s="4"/>
       <c r="T269" s="4" t="inlineStr">
         <is>
-          <t>Директор Сутуга Оксана Іванівна</t>
+          <t>Директор Кинчак Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y269" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="4" t="inlineStr">
         <is>
-          <t>Олександрівський дошкільний навчальний заклад "Малятко" Корюківської міської ради Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Сонечко" Борзнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B270" s="5" t="n">
-        <v>169292</v>
+        <v>169452</v>
       </c>
       <c r="C270" s="6"/>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Олександрівський ДНЗ "Малятко"</t>
+          <t>ЗДО "Сонечко" Борзнянської міської ради</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G270" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H270" s="6" t="inlineStr">
         <is>
-          <t>7422480501</t>
+          <t>7420884401</t>
         </is>
       </c>
       <c r="I270" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J270" s="4" t="inlineStr">
         <is>
-          <t>с. Олександрівка, Корюківський район, Чернігівська область</t>
+          <t>с. Оленівка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K270" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 105</t>
+          <t>вулиця Шевченка, 93</t>
         </is>
       </c>
       <c r="L270" s="6"/>
       <c r="M270" s="4"/>
       <c r="N270" s="7"/>
       <c r="O270" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
-[...2 lines deleted...]
-      <c r="P270" s="4"/>
+          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P270" s="4" t="inlineStr">
+        <is>
+          <t>(098)5221309</t>
+        </is>
+      </c>
       <c r="Q270" s="4"/>
-      <c r="R270" s="4"/>
+      <c r="R270" s="4" t="inlineStr">
+        <is>
+          <t>olenivkadnz@gmail.com</t>
+        </is>
+      </c>
       <c r="S270" s="4"/>
       <c r="T270" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y270" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="4" t="inlineStr">
         <is>
-          <t>Олександрівський заклад дошкільної освіти "Малятко" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Олишівський дошкільний навчальний заклад (ясла-сад) "Бджілка" Олишівської селищної ради</t>
         </is>
       </c>
       <c r="B271" s="5" t="n">
-        <v>169340</v>
-[...5 lines deleted...]
-      </c>
+        <v>169427</v>
+      </c>
+      <c r="C271" s="6"/>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Олександрівський ЗДО "Малятко"</t>
+          <t>Олишівський ДНЗ</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G271" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H271" s="6" t="inlineStr">
         <is>
-          <t>7424780501</t>
+          <t>7425555700</t>
         </is>
       </c>
       <c r="I271" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J271" s="4" t="inlineStr">
         <is>
-          <t>с. Олександрівка, Семенівський район, Чернігівська область</t>
+          <t>смт Олишівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K271" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 40</t>
+          <t>вулиця Набережна, 1</t>
         </is>
       </c>
       <c r="L271" s="6" t="inlineStr">
         <is>
-          <t>UA74060070460078937</t>
+          <t>UA74100290010097907</t>
         </is>
       </c>
       <c r="M271" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Олександрівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Олишівка</t>
         </is>
       </c>
       <c r="N271" s="7"/>
       <c r="O271" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P271" s="4" t="inlineStr">
         <is>
-          <t>(04659)2-63-08</t>
+          <t>680-9-34</t>
         </is>
       </c>
       <c r="Q271" s="4"/>
-      <c r="R271" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R271" s="4"/>
       <c r="S271" s="4"/>
       <c r="T271" s="4" t="inlineStr">
         <is>
-          <t>Директор Кинчак Юлія Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y271" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Сонечко" Борзнянської міської ради Чернігівської області</t>
+          <t>Ольшанський заклад дошкільної освіти "Барвінок" Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B272" s="5" t="n">
-        <v>169452</v>
-[...1 lines deleted...]
-      <c r="C272" s="6"/>
+        <v>172767</v>
+      </c>
+      <c r="C272" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко" Борзнянської міської ради</t>
+          <t>ЗДО "Барвінок" с. Ольшана</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G272" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H272" s="6" t="inlineStr">
         <is>
-          <t>7420884401</t>
+          <t>7421787201</t>
         </is>
       </c>
       <c r="I272" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J272" s="4" t="inlineStr">
         <is>
-          <t>с. Оленівка, Борзнянський район, Чернігівська область</t>
+          <t>с. Ольшана, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K272" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 93</t>
-[...3 lines deleted...]
-      <c r="M272" s="4"/>
+          <t>вулиця Революції 1905року, 56</t>
+        </is>
+      </c>
+      <c r="L272" s="6" t="inlineStr">
+        <is>
+          <t>UA74080030380013309</t>
+        </is>
+      </c>
+      <c r="M272" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Ольшана</t>
+        </is>
+      </c>
       <c r="N272" s="7"/>
       <c r="O272" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P272" s="4" t="inlineStr">
         <is>
-          <t>(098)5221309</t>
+          <t>(098)7431146</t>
         </is>
       </c>
       <c r="Q272" s="4"/>
-      <c r="R272" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R272" s="4"/>
       <c r="S272" s="4"/>
       <c r="T272" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Пічкуренко Галина Михайлівна</t>
         </is>
       </c>
       <c r="U272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y272" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="4" t="inlineStr">
         <is>
-          <t>Олишівський дошкільний навчальний заклад (ясла-сад) "Бджілка" Олишівської селищної ради</t>
+          <t>Омелянівський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B273" s="5" t="n">
-        <v>169427</v>
+        <v>169275</v>
       </c>
       <c r="C273" s="6"/>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Олишівський ДНЗ</t>
+          <t>Омелянівський ЗДО</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G273" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H273" s="6" t="inlineStr">
         <is>
-          <t>7425555700</t>
+          <t>7422087101</t>
         </is>
       </c>
       <c r="I273" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J273" s="4" t="inlineStr">
         <is>
-          <t>смт Олишівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Омелянів, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K273" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миру, 19-А</t>
+        </is>
+      </c>
+      <c r="L273" s="6"/>
+      <c r="M273" s="4"/>
       <c r="N273" s="7"/>
       <c r="O273" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P273" s="4" t="inlineStr">
         <is>
-          <t>680-9-34</t>
+          <t>0935825470</t>
         </is>
       </c>
       <c r="Q273" s="4"/>
-      <c r="R273" s="4"/>
+      <c r="R273" s="4" t="inlineStr">
+        <is>
+          <t>Omeljaniv@ukr.net</t>
+        </is>
+      </c>
       <c r="S273" s="4"/>
       <c r="T273" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y273" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="4" t="inlineStr">
         <is>
-          <t>Ольшанський заклад дошкільної освіти "Барвінок" Ічнянської міської ради</t>
+          <t>Комунальний заклад "Орлівський заклад дошкільної освіти "Світанок" Куликівської селищної ради"</t>
         </is>
       </c>
       <c r="B274" s="5" t="n">
-        <v>172767</v>
-[...5 lines deleted...]
-      </c>
+        <v>169281</v>
+      </c>
+      <c r="C274" s="6"/>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Барвінок" с. Ольшана</t>
+          <t>КЗ "Орлівський ЗДО "Світанок" Куликівської селищної ради</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G274" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H274" s="6" t="inlineStr">
         <is>
-          <t>7421787201</t>
+          <t>7422786001</t>
         </is>
       </c>
       <c r="I274" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J274" s="4" t="inlineStr">
         <is>
-          <t>с. Ольшана, Ічнянський район, Чернігівська область</t>
+          <t>с. Орлівка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K274" s="4" t="inlineStr">
         <is>
-          <t>вулиця Революції 1905року, 56</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Центральна, 63</t>
+        </is>
+      </c>
+      <c r="L274" s="6"/>
+      <c r="M274" s="4"/>
       <c r="N274" s="7"/>
       <c r="O274" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P274" s="4"/>
       <c r="Q274" s="4"/>
       <c r="R274" s="4"/>
       <c r="S274" s="4"/>
       <c r="T274" s="4" t="inlineStr">
         <is>
-          <t>Директор Пічкуренко Галина Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y274" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="4" t="inlineStr">
         <is>
-          <t>Омелянівський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Комунальна організація (установа,заклад) дошкільний навчальний заклад "Пролісок" Остапівської сільської ради</t>
         </is>
       </c>
       <c r="B275" s="5" t="n">
-        <v>169275</v>
+        <v>169219</v>
       </c>
       <c r="C275" s="6"/>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Омелянівський ЗДО</t>
+          <t>Остапівський ДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H275" s="6" t="inlineStr">
         <is>
-          <t>7422087101</t>
+          <t>7421183601</t>
         </is>
       </c>
       <c r="I275" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
-          <t>с. Омелянів, Козелецький район, Чернігівська область</t>
+          <t>с. Остапівка, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 19-А</t>
-[...3 lines deleted...]
-      <c r="M275" s="4"/>
+          <t>вулиця Шевченка, 9</t>
+        </is>
+      </c>
+      <c r="L275" s="6" t="inlineStr">
+        <is>
+          <t>UA74080010220070602</t>
+        </is>
+      </c>
+      <c r="M275" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Остапівка</t>
+        </is>
+      </c>
       <c r="N275" s="7"/>
       <c r="O275" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P275" s="4" t="inlineStr">
         <is>
-          <t>0935825470</t>
+          <t>0669830725</t>
         </is>
       </c>
       <c r="Q275" s="4"/>
       <c r="R275" s="4" t="inlineStr">
         <is>
-          <t>Omeljaniv@ukr.net</t>
+          <t>datsenko1608@gmail.com</t>
         </is>
       </c>
       <c r="S275" s="4"/>
       <c r="T275" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y275" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Орлівський заклад дошкільної освіти "Світанок" Куликівської селищної ради"</t>
+          <t>Остерський заклад дошкільної освіти "Оленка" Остерської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B276" s="5" t="n">
-        <v>169281</v>
+        <v>169260</v>
       </c>
       <c r="C276" s="6"/>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Орлівський ЗДО "Світанок" Куликівської селищної ради</t>
+          <t>Остерський ЗДО "Оленка"</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G276" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H276" s="6" t="inlineStr">
         <is>
-          <t>7422786001</t>
+          <t>7422010400</t>
         </is>
       </c>
       <c r="I276" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J276" s="4" t="inlineStr">
         <is>
-          <t>с. Орлівка, Куликівський район, Чернігівська область</t>
+          <t>Остер, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K276" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 63</t>
-[...3 lines deleted...]
-      <c r="M276" s="4"/>
+          <t>вулиця Б.Хмельницького, 76-А</t>
+        </is>
+      </c>
+      <c r="L276" s="6" t="inlineStr">
+        <is>
+          <t>UA74100310010010586</t>
+        </is>
+      </c>
+      <c r="M276" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, м. Остер</t>
+        </is>
+      </c>
       <c r="N276" s="7"/>
       <c r="O276" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P276" s="4"/>
+          <t>Відділ освіти Остерської міської ради</t>
+        </is>
+      </c>
+      <c r="P276" s="4" t="inlineStr">
+        <is>
+          <t>(04646)4-35-14</t>
+        </is>
+      </c>
       <c r="Q276" s="4"/>
       <c r="R276" s="4"/>
       <c r="S276" s="4"/>
       <c r="T276" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y276" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа,заклад) дошкільний навчальний заклад "Пролісок" Остапівської сільської ради</t>
+          <t>Осьмаківський заклад дошкільної освіти ( дитячий садок) "Капітошка"загально типу Менської міської ради</t>
         </is>
       </c>
       <c r="B277" s="5" t="n">
-        <v>169219</v>
-[...1 lines deleted...]
-      <c r="C277" s="6"/>
+        <v>172697</v>
+      </c>
+      <c r="C277" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Остапівський ДНЗ "Пролісок"</t>
+          <t>Осьмаківський ЗДО "Капітошка"</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G277" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H277" s="6" t="inlineStr">
         <is>
-          <t>7421183601</t>
+          <t>7423087201</t>
         </is>
       </c>
       <c r="I277" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J277" s="4" t="inlineStr">
         <is>
-          <t>с. Остапівка, Варвинський район, Чернігівська область</t>
+          <t>с. Осьмаки, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K277" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 9</t>
+          <t>вулиця Шевченка, 81</t>
         </is>
       </c>
       <c r="L277" s="6" t="inlineStr">
         <is>
-          <t>UA74080010220070602</t>
+          <t>UA74020030270022343</t>
         </is>
       </c>
       <c r="M277" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Остапівка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Осьмаки</t>
         </is>
       </c>
       <c r="N277" s="7"/>
       <c r="O277" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P277" s="4" t="inlineStr">
         <is>
-          <t>0669830725</t>
+          <t>(099)2707945</t>
         </is>
       </c>
       <c r="Q277" s="4"/>
       <c r="R277" s="4" t="inlineStr">
         <is>
-          <t>datsenko1608@gmail.com</t>
+          <t>kapitoshka356@ukr.net</t>
         </is>
       </c>
       <c r="S277" s="4"/>
       <c r="T277" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Песоцька Тамара Анатоліївна</t>
         </is>
       </c>
       <c r="U277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y277" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="4" t="inlineStr">
         <is>
-          <t>Остерський заклад дошкільної освіти "Оленка" Остерської міської ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Сонечко" загального типу Охіньківської сільської ради, Прилуцького району, Чернігівської області</t>
         </is>
       </c>
       <c r="B278" s="5" t="n">
-        <v>169260</v>
+        <v>169329</v>
       </c>
       <c r="C278" s="6"/>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Остерський ЗДО "Оленка"</t>
+          <t>Охіньківський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H278" s="6" t="inlineStr">
         <is>
-          <t>7422010400</t>
+          <t>7424186201</t>
         </is>
       </c>
       <c r="I278" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J278" s="4" t="inlineStr">
         <is>
-          <t>Остер, Козелецький район, Чернігівська область</t>
+          <t>с. Охіньки, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K278" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б.Хмельницького, 76-А</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Берегова, 1/1</t>
+        </is>
+      </c>
+      <c r="L278" s="6"/>
+      <c r="M278" s="4"/>
       <c r="N278" s="7"/>
       <c r="O278" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Остерської міської ради</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P278" s="4" t="inlineStr">
         <is>
-          <t>(04646)4-35-14</t>
+          <t>04637-64942</t>
         </is>
       </c>
       <c r="Q278" s="4"/>
-      <c r="R278" s="4"/>
+      <c r="R278" s="4" t="inlineStr">
+        <is>
+          <t>super-sneza@ukr.net</t>
+        </is>
+      </c>
       <c r="S278" s="4"/>
       <c r="T278" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y278" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>Осьмаківський заклад дошкільної освіти ( дитячий садок) "Капітошка"загально типу Менської міської ради</t>
+          <t>Пакульський комунальний дошкільний навчальний заклад "Смайлик" Пакульської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B279" s="5" t="n">
-        <v>172697</v>
-[...5 lines deleted...]
-      </c>
+        <v>174978</v>
+      </c>
+      <c r="C279" s="6"/>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Осьмаківський ЗДО "Капітошка"</t>
+          <t>ДНЗ "Смайлик"</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G279" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H279" s="6" t="inlineStr">
         <is>
-          <t>7423087201</t>
+          <t>7425586301</t>
         </is>
       </c>
       <c r="I279" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
-          <t>с. Осьмаки, Менський район, Чернігівська область</t>
+          <t>с. Пакуль, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 81</t>
+          <t>вулиця Жовтнева, 70-Б</t>
         </is>
       </c>
       <c r="L279" s="6" t="inlineStr">
         <is>
-          <t>UA74020030270022343</t>
+          <t>UA74100250260024444</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Осьмаки</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Пакуль</t>
         </is>
       </c>
       <c r="N279" s="7"/>
       <c r="O279" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P279" s="4"/>
       <c r="Q279" s="4"/>
-      <c r="R279" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R279" s="4"/>
       <c r="S279" s="4"/>
       <c r="T279" s="4" t="inlineStr">
         <is>
-          <t>Директор Песоцька Тамара Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y279" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко" загального типу Охіньківської сільської ради, Прилуцького району, Чернігівської області</t>
+          <t>Парафіївський дошкільний навчальний заклад № 2 "Сонечко" Парафіївської селищної ради Ічнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B280" s="5" t="n">
-        <v>169329</v>
+        <v>169252</v>
       </c>
       <c r="C280" s="6"/>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Охіньківський ДНЗ "Сонечко"</t>
+          <t>Парафіївський ДНЗ № 2 "Сонечко"</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G280" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H280" s="6" t="inlineStr">
         <is>
-          <t>7424186201</t>
+          <t>7421755700</t>
         </is>
       </c>
       <c r="I280" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J280" s="4" t="inlineStr">
         <is>
-          <t>с. Охіньки, Прилуцький район, Чернігівська область</t>
+          <t>смт Парафіївка, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K280" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берегова, 1/1</t>
-[...3 lines deleted...]
-      <c r="M280" s="4"/>
+          <t>вулиця Івана Сірка, 24</t>
+        </is>
+      </c>
+      <c r="L280" s="6" t="inlineStr">
+        <is>
+          <t>UA74080110010079684</t>
+        </is>
+      </c>
+      <c r="M280" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Парафіївка</t>
+        </is>
+      </c>
       <c r="N280" s="7"/>
       <c r="O280" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Парафіївська селищна рада</t>
+        </is>
+      </c>
+      <c r="P280" s="4"/>
       <c r="Q280" s="4"/>
-      <c r="R280" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S280" s="4"/>
+      <c r="R280" s="4"/>
+      <c r="S280" s="4" t="inlineStr">
+        <is>
+          <t>parafievka2014@ukr.net</t>
+        </is>
+      </c>
       <c r="T280" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y280" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="4" t="inlineStr">
         <is>
-          <t>Пакульський комунальний дошкільний навчальний заклад "Смайлик" Пакульської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Парафіївський дошкільний навчальний заклад №1(Дитячий садок) "Малятко"</t>
         </is>
       </c>
       <c r="B281" s="5" t="n">
-        <v>174978</v>
+        <v>169247</v>
       </c>
       <c r="C281" s="6"/>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Смайлик"</t>
+          <t>ДНЗ№1"Малятко"</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H281" s="6" t="inlineStr">
         <is>
-          <t>7425586301</t>
+          <t>7421755700</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
-          <t>с. Пакуль, Чернігівський район, Чернігівська область</t>
+          <t>смт Парафіївка, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K281" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 70-Б</t>
+          <t>вулиця Миру, 1Б</t>
         </is>
       </c>
       <c r="L281" s="6" t="inlineStr">
         <is>
-          <t>UA74100250260024444</t>
+          <t>UA74080110010079684</t>
         </is>
       </c>
       <c r="M281" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Пакуль</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Парафіївка</t>
         </is>
       </c>
       <c r="N281" s="7"/>
       <c r="O281" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Парафіївська селищна рада</t>
         </is>
       </c>
       <c r="P281" s="4"/>
       <c r="Q281" s="4"/>
       <c r="R281" s="4"/>
-      <c r="S281" s="4"/>
+      <c r="S281" s="4" t="inlineStr">
+        <is>
+          <t>psr.dnz1@gmail.com</t>
+        </is>
+      </c>
       <c r="T281" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y281" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="4" t="inlineStr">
         <is>
-          <t>Парафіївський дошкільний навчальний заклад № 2 "Сонечко" Парафіївської селищної ради Ічнянського району Чернігівської області</t>
+          <t>Перелюбський дошкільний навчальний заклад "Пролісок" загального типу</t>
         </is>
       </c>
       <c r="B282" s="5" t="n">
-        <v>169252</v>
+        <v>169943</v>
       </c>
       <c r="C282" s="6"/>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Парафіївський ДНЗ № 2 "Сонечко"</t>
+          <t>ДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H282" s="6" t="inlineStr">
         <is>
-          <t>7421755700</t>
+          <t>7422486501</t>
         </is>
       </c>
       <c r="I282" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J282" s="4" t="inlineStr">
         <is>
-          <t>смт Парафіївка, Ічнянський район, Чернігівська область</t>
+          <t>с. Перелюб, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K282" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Сірка, 24</t>
+          <t>вулиця Шевченка, 6</t>
         </is>
       </c>
       <c r="L282" s="6" t="inlineStr">
         <is>
-          <t>UA74080110010079684</t>
+          <t>UA74020010410083288</t>
         </is>
       </c>
       <c r="M282" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с-ще Парафіївка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Перелюб</t>
         </is>
       </c>
       <c r="N282" s="7"/>
       <c r="O282" s="4" t="inlineStr">
         <is>
-          <t>Парафіївська селищна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P282" s="4"/>
       <c r="Q282" s="4"/>
       <c r="R282" s="4"/>
-      <c r="S282" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S282" s="4"/>
       <c r="T282" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y282" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="4" t="inlineStr">
         <is>
-          <t>Парафіївський дошкільний навчальний заклад №1(Дитячий садок) "Малятко"</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Переписької ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="B283" s="5" t="n">
-        <v>169247</v>
+        <v>170936</v>
       </c>
       <c r="C283" s="6"/>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ№1"Малятко"</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Переписької ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H283" s="6" t="inlineStr">
         <is>
-          <t>7421755700</t>
+          <t>7421487201</t>
         </is>
       </c>
       <c r="I283" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
-          <t>смт Парафіївка, Ічнянський район, Чернігівська область</t>
+          <t>с. Перепис, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 1Б</t>
+          <t>вулиця Лесі Українки, 2</t>
         </is>
       </c>
       <c r="L283" s="6" t="inlineStr">
         <is>
-          <t>UA74080110010079684</t>
+          <t>UA74100050390071756</t>
         </is>
       </c>
       <c r="M283" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с-ще Парафіївка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Перепис</t>
         </is>
       </c>
       <c r="N283" s="7"/>
       <c r="O283" s="4" t="inlineStr">
         <is>
-          <t>Парафіївська селищна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P283" s="4"/>
       <c r="Q283" s="4"/>
       <c r="R283" s="4"/>
-      <c r="S283" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S283" s="4"/>
       <c r="T283" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y283" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="4" t="inlineStr">
         <is>
-          <t>Перелюбський дошкільний навчальний заклад "Пролісок" загального типу</t>
+          <t>Петрівський заклад дошкільної освіти "Струмочок" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B284" s="5" t="n">
-        <v>169943</v>
-[...1 lines deleted...]
-      <c r="C284" s="6"/>
+        <v>176349</v>
+      </c>
+      <c r="C284" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Пролісок"</t>
+          <t>Петрівський ЗДО "Струмочок"</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G284" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H284" s="6" t="inlineStr">
         <is>
-          <t>7422486501</t>
+          <t>7420686001</t>
         </is>
       </c>
       <c r="I284" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J284" s="4" t="inlineStr">
         <is>
-          <t>с. Перелюб, Корюківський район, Чернігівська область</t>
+          <t>с. Петрівка, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K284" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 2</t>
+        </is>
+      </c>
+      <c r="L284" s="6"/>
+      <c r="M284" s="4"/>
       <c r="N284" s="7"/>
       <c r="O284" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P284" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P284" s="4" t="inlineStr">
+        <is>
+          <t>(098)0439862</t>
+        </is>
+      </c>
       <c r="Q284" s="4"/>
       <c r="R284" s="4"/>
       <c r="S284" s="4"/>
       <c r="T284" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Воробьова Олена Григорівна</t>
         </is>
       </c>
       <c r="U284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y284" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Переписької ЗОШ І-ІІІ ст.</t>
+          <t>Пісківський заклад дошкільної освіти "Пролісок" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B285" s="5" t="n">
-        <v>170936</v>
-[...1 lines deleted...]
-      <c r="C285" s="6"/>
+        <v>169889</v>
+      </c>
+      <c r="C285" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Переписької ЗОШ І-ІІІ ст.</t>
+          <t>Пісківський ЗДО "Пролісок"</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G285" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H285" s="6" t="inlineStr">
         <is>
-          <t>7421487201</t>
+          <t>7420685601</t>
         </is>
       </c>
       <c r="I285" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J285" s="4" t="inlineStr">
         <is>
-          <t>с. Перепис, Городнянський район, Чернігівська область</t>
+          <t>с. Піски, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K285" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 2</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Молодіжна, 3</t>
+        </is>
+      </c>
+      <c r="L285" s="6"/>
+      <c r="M285" s="4"/>
       <c r="N285" s="7"/>
       <c r="O285" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P285" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P285" s="4" t="inlineStr">
+        <is>
+          <t>(066)2043010</t>
+        </is>
+      </c>
       <c r="Q285" s="4"/>
-      <c r="R285" s="4"/>
+      <c r="R285" s="4" t="inlineStr">
+        <is>
+          <t>prolisok_pisky@ukr.net</t>
+        </is>
+      </c>
       <c r="S285" s="4"/>
       <c r="T285" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Нетецька Світлана Петрівна</t>
         </is>
       </c>
       <c r="U285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y285" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="4" t="inlineStr">
         <is>
-          <t>Петрівський заклад дошкільної освіти "Струмочок" Бобровицької міської ради Чернігівської області</t>
+          <t>Плисківський заклад дошкільної освіти "Веселка" Плисківської сільської ради</t>
         </is>
       </c>
       <c r="B286" s="5" t="n">
-        <v>176349</v>
-[...5 lines deleted...]
-      </c>
+        <v>169455</v>
+      </c>
+      <c r="C286" s="6"/>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Петрівський ЗДО "Струмочок"</t>
+          <t>Плисківський ЗДО "Веселка" Плисківської сільської ради</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G286" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H286" s="6" t="inlineStr">
         <is>
-          <t>7420686001</t>
+          <t>7420886001</t>
         </is>
       </c>
       <c r="I286" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J286" s="4" t="inlineStr">
         <is>
-          <t>с. Петрівка, Бобровицький район, Чернігівська область</t>
+          <t>с. Плиски, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K286" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2</t>
-[...3 lines deleted...]
-      <c r="M286" s="4"/>
+          <t>вулиця Незалежності, 36</t>
+        </is>
+      </c>
+      <c r="L286" s="6" t="inlineStr">
+        <is>
+          <t>UA74040310010066149</t>
+        </is>
+      </c>
+      <c r="M286" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, с. Плиски</t>
+        </is>
+      </c>
       <c r="N286" s="7"/>
       <c r="O286" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, молоді та спорту Плисківської сільської ради Борзнянського району Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P286" s="4"/>
       <c r="Q286" s="4"/>
       <c r="R286" s="4"/>
       <c r="S286" s="4"/>
       <c r="T286" s="4" t="inlineStr">
         <is>
-          <t>Директор Воробьова Олена Григорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y286" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="4" t="inlineStr">
         <is>
-          <t>Пісківський заклад дошкільної освіти "Пролісок" Бобровицької міської ради Чернігівської області</t>
+          <t>Плугатарський дошкільний навчальний заклад " Малятко"</t>
         </is>
       </c>
       <c r="B287" s="5" t="n">
-        <v>169889</v>
-[...5 lines deleted...]
-      </c>
+        <v>169365</v>
+      </c>
+      <c r="C287" s="6"/>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Пісківський ЗДО "Пролісок"</t>
+          <t>ПДНЗ</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G287" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H287" s="6" t="inlineStr">
         <is>
-          <t>7420685601</t>
+          <t>7425383005</t>
         </is>
       </c>
       <c r="I287" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J287" s="4" t="inlineStr">
         <is>
-          <t>с. Піски, Бобровицький район, Чернігівська область</t>
+          <t>с. Плугатар, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K287" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 3</t>
-[...3 lines deleted...]
-      <c r="M287" s="4"/>
+          <t>вулиця Лесі Українки, 12</t>
+        </is>
+      </c>
+      <c r="L287" s="6" t="inlineStr">
+        <is>
+          <t>UA74080190270067989</t>
+        </is>
+      </c>
+      <c r="M287" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Плугатар</t>
+        </is>
+      </c>
       <c r="N287" s="7"/>
       <c r="O287" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P287" s="4"/>
       <c r="Q287" s="4"/>
-      <c r="R287" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R287" s="4"/>
       <c r="S287" s="4"/>
       <c r="T287" s="4" t="inlineStr">
         <is>
-          <t>Директор Нетецька Світлана Петрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y287" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="4" t="inlineStr">
         <is>
-          <t>Плисківський заклад дошкільної освіти "Веселка" Плисківської сільської ради</t>
+          <t>Погорільський заклад дошкільної освіти"Ромашечка"загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B288" s="5" t="n">
-        <v>169455</v>
-[...1 lines deleted...]
-      <c r="C288" s="6"/>
+        <v>169342</v>
+      </c>
+      <c r="C288" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Плисківський ЗДО "Веселка" Плисківської сільської ради</t>
+          <t>Погорільський ЗДО"Ромашечка"</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G288" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H288" s="6" t="inlineStr">
         <is>
-          <t>7420886001</t>
+          <t>7424785001</t>
         </is>
       </c>
       <c r="I288" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J288" s="4" t="inlineStr">
         <is>
-          <t>с. Плиски, Борзнянський район, Чернігівська область</t>
+          <t>с. Погорільці, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K288" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 36</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Бурмакова, 11</t>
+        </is>
+      </c>
+      <c r="L288" s="6"/>
+      <c r="M288" s="4"/>
       <c r="N288" s="7"/>
       <c r="O288" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Плисківської сільської ради Борзнянського району Чернігівської області</t>
-[...2 lines deleted...]
-      <c r="P288" s="4"/>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P288" s="4" t="inlineStr">
+        <is>
+          <t>(04659)23236</t>
+        </is>
+      </c>
       <c r="Q288" s="4"/>
       <c r="R288" s="4"/>
       <c r="S288" s="4"/>
       <c r="T288" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Лось Галина Анатоліївна</t>
         </is>
       </c>
       <c r="U288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y288" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="4" t="inlineStr">
         <is>
-          <t>Плугатарський дошкільний навчальний заклад " Малятко"</t>
+          <t>Подільський заклад дошкільної освіти "Віночок" Срібнянської селещної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B289" s="5" t="n">
-        <v>169365</v>
+        <v>169359</v>
       </c>
       <c r="C289" s="6"/>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>ПДНЗ</t>
+          <t>Подільський ЗДО "Віночок"</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G289" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H289" s="6" t="inlineStr">
         <is>
-          <t>7425383005</t>
+          <t>7425186001</t>
         </is>
       </c>
       <c r="I289" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J289" s="4" t="inlineStr">
         <is>
-          <t>с. Плугатар, Талалаївський район, Чернігівська область</t>
+          <t>с. Поділ, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K289" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 12</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Центральна, 40</t>
+        </is>
+      </c>
+      <c r="L289" s="6"/>
+      <c r="M289" s="4"/>
       <c r="N289" s="7"/>
       <c r="O289" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P289" s="4"/>
       <c r="Q289" s="4"/>
       <c r="R289" s="4"/>
       <c r="S289" s="4"/>
       <c r="T289" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y289" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="4" t="inlineStr">
         <is>
-          <t>Погорільський заклад дошкільної освіти"Ромашечка"загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Покошицький ДНЗ «Дзвіночок» Покошицької сільської ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B290" s="5" t="n">
-        <v>169342</v>
-[...5 lines deleted...]
-      </c>
+        <v>169948</v>
+      </c>
+      <c r="C290" s="6"/>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>Погорільський ЗДО"Ромашечка"</t>
+          <t>Покошицький ДНЗ «Дзвіночок»</t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G290" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H290" s="6" t="inlineStr">
         <is>
-          <t>7424785001</t>
+          <t>7422286001</t>
         </is>
       </c>
       <c r="I290" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J290" s="4" t="inlineStr">
         <is>
-          <t>с. Погорільці, Семенівський район, Чернігівська область</t>
+          <t>с. Покошичі, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K290" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бурмакова, 11</t>
-[...3 lines deleted...]
-      <c r="M290" s="4"/>
+          <t>вулиця Миру, 57а</t>
+        </is>
+      </c>
+      <c r="L290" s="6" t="inlineStr">
+        <is>
+          <t>UA74060050120088264</t>
+        </is>
+      </c>
+      <c r="M290" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Покошичі</t>
+        </is>
+      </c>
       <c r="N290" s="7"/>
       <c r="O290" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P290" s="4" t="inlineStr">
         <is>
-          <t>(04659)23236</t>
+          <t>(096)3490106</t>
         </is>
       </c>
       <c r="Q290" s="4"/>
-      <c r="R290" s="4"/>
+      <c r="R290" s="4" t="inlineStr">
+        <is>
+          <t>nadiarp69@gmail.com</t>
+        </is>
+      </c>
       <c r="S290" s="4"/>
       <c r="T290" s="4" t="inlineStr">
         <is>
-          <t>Директор Лось Галина Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y290" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="4" t="inlineStr">
         <is>
-          <t>Подільський заклад дошкільної освіти "Віночок" Срібнянської селещної ради Чернігівської області</t>
+          <t>Покровський заклад дошкільної освіти (дитячий садок) "Капітошка" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B291" s="5" t="n">
-        <v>169359</v>
-[...1 lines deleted...]
-      <c r="C291" s="6"/>
+        <v>170079</v>
+      </c>
+      <c r="C291" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Подільський ЗДО "Віночок"</t>
+          <t>Покровський ЗДО "Капітошка"</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G291" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H291" s="6" t="inlineStr">
         <is>
-          <t>7425186001</t>
+          <t>7423084001</t>
         </is>
       </c>
       <c r="I291" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J291" s="4" t="inlineStr">
         <is>
-          <t>с. Поділ, Срібнянський район, Чернігівська область</t>
+          <t>с. Покровське, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K291" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 40</t>
-[...3 lines deleted...]
-      <c r="M291" s="4"/>
+          <t>вулиця Сіверська, 46</t>
+        </is>
+      </c>
+      <c r="L291" s="6" t="inlineStr">
+        <is>
+          <t>UA74020030280087689</t>
+        </is>
+      </c>
+      <c r="M291" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, с. Покровське</t>
+        </is>
+      </c>
       <c r="N291" s="7"/>
       <c r="O291" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P291" s="4"/>
+          <t>Відділ освіти Менської міської ради</t>
+        </is>
+      </c>
+      <c r="P291" s="4" t="inlineStr">
+        <is>
+          <t>(04644)43587</t>
+        </is>
+      </c>
       <c r="Q291" s="4"/>
-      <c r="R291" s="4"/>
+      <c r="R291" s="4" t="inlineStr">
+        <is>
+          <t>sadochok.kapitoshka@gmail.com</t>
+        </is>
+      </c>
       <c r="S291" s="4"/>
       <c r="T291" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Давиденко Олександр Юрійович</t>
         </is>
       </c>
       <c r="U291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y291" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="4" t="inlineStr">
         <is>
-          <t>Покошицький ДНЗ «Дзвіночок» Покошицької сільської ради Коропського району Чернігівської області</t>
+          <t>Понорницький дошкільний навчальний заклад "Лісова казка"(ясла -садок) Понорницької селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B292" s="5" t="n">
-        <v>169948</v>
+        <v>169945</v>
       </c>
       <c r="C292" s="6"/>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Покошицький ДНЗ «Дзвіночок»</t>
+          <t>Понорницький ДНЗ "Лісова Казка"</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G292" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H292" s="6" t="inlineStr">
         <is>
-          <t>7422286001</t>
+          <t>7422255500</t>
         </is>
       </c>
       <c r="I292" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J292" s="4" t="inlineStr">
         <is>
-          <t>с. Покошичі, Коропський район, Чернігівська область</t>
+          <t>смт Понорниця, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K292" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 57а</t>
+          <t>вулиця Свириденка, 22</t>
         </is>
       </c>
       <c r="L292" s="6" t="inlineStr">
         <is>
-          <t>UA74060050120088264</t>
+          <t>UA74060050010088781</t>
         </is>
       </c>
       <c r="M292" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Покошичі</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с-ще Понорниця</t>
         </is>
       </c>
       <c r="N292" s="7"/>
       <c r="O292" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P292" s="4" t="inlineStr">
         <is>
-          <t>(096)3490106</t>
+          <t>(04656)31289</t>
         </is>
       </c>
       <c r="Q292" s="4"/>
-      <c r="R292" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S292" s="4"/>
+      <c r="R292" s="4"/>
+      <c r="S292" s="4" t="inlineStr">
+        <is>
+          <t>svetaselyanskaya@gmail.com</t>
+        </is>
+      </c>
       <c r="T292" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y292" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="4" t="inlineStr">
         <is>
-          <t>Покровський заклад дошкільної освіти (дитячий садок) "Капітошка" загального типу Менської міської ради</t>
+          <t>Дошкільний навчальний заклад Прачівської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B293" s="5" t="n">
-        <v>170079</v>
-[...5 lines deleted...]
-      </c>
+        <v>169454</v>
+      </c>
+      <c r="C293" s="6"/>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Покровський ЗДО "Капітошка"</t>
+          <t>Дошкільний навчальний заклад Прачівської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G293" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H293" s="6" t="inlineStr">
         <is>
-          <t>7423084001</t>
+          <t>7420886401</t>
         </is>
       </c>
       <c r="I293" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J293" s="4" t="inlineStr">
         <is>
-          <t>с. Покровське, Менський район, Чернігівська область</t>
+          <t>с. Прачі, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K293" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сіверська, 46</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миру, 50a</t>
+        </is>
+      </c>
+      <c r="L293" s="6"/>
+      <c r="M293" s="4"/>
       <c r="N293" s="7"/>
       <c r="O293" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
+          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P293" s="4" t="inlineStr">
         <is>
-          <t>(04644)43587</t>
+          <t>(068)0858722</t>
         </is>
       </c>
       <c r="Q293" s="4"/>
       <c r="R293" s="4" t="inlineStr">
         <is>
-          <t>sadochok.kapitoshka@gmail.com</t>
+          <t>Olaserbyna092@gmail.com</t>
         </is>
       </c>
       <c r="S293" s="4"/>
       <c r="T293" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Олександр Юрійович</t>
+          <t> </t>
         </is>
       </c>
       <c r="U293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y293" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="4" t="inlineStr">
         <is>
-          <t>Понорницький дошкільний навчальний заклад "Лісова казка"(ясла -садок) Понорницької селищної ради Коропського району Чернігівської області</t>
+          <t>Прибинький дошкільний навчальний заклад "Вишенька" Прибинської сільської ради Корюківського району Чернігівської області</t>
         </is>
       </c>
       <c r="B294" s="5" t="n">
-        <v>169945</v>
+        <v>169295</v>
       </c>
       <c r="C294" s="6"/>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Понорницький ДНЗ "Лісова Казка"</t>
+          <t>Прибинський ДНЗ "Вишенька"</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G294" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H294" s="6" t="inlineStr">
         <is>
-          <t>7422255500</t>
+          <t>7422487001</t>
         </is>
       </c>
       <c r="I294" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J294" s="4" t="inlineStr">
         <is>
-          <t>смт Понорниця, Коропський район, Чернігівська область</t>
+          <t>с. Прибинь, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K294" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свириденка, 22</t>
+          <t>вулиця Лісова, 5</t>
         </is>
       </c>
       <c r="L294" s="6" t="inlineStr">
         <is>
-          <t>UA74060050010088781</t>
+          <t>UA74020010440036592</t>
         </is>
       </c>
       <c r="M294" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с-ще Понорниця</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Прибинь</t>
         </is>
       </c>
       <c r="N294" s="7"/>
       <c r="O294" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P294" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P294" s="4"/>
       <c r="Q294" s="4"/>
       <c r="R294" s="4"/>
-      <c r="S294" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S294" s="4"/>
       <c r="T294" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y294" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Прачівської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Прогресівський заклад дошкільної освіти "Сонечко" Кіптівської сільської ради</t>
         </is>
       </c>
       <c r="B295" s="5" t="n">
-        <v>169454</v>
+        <v>176174</v>
       </c>
       <c r="C295" s="6"/>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад Прачівської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Прогресівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G295" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H295" s="6" t="inlineStr">
         <is>
-          <t>7420886401</t>
+          <t>7422088501</t>
         </is>
       </c>
       <c r="I295" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J295" s="4" t="inlineStr">
         <is>
-          <t>с. Прачі, Борзнянський район, Чернігівська область</t>
+          <t>с-ще Прогрес, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K295" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 50a</t>
+          <t>вулиця Садова, 7</t>
         </is>
       </c>
       <c r="L295" s="6"/>
       <c r="M295" s="4"/>
       <c r="N295" s="7"/>
       <c r="O295" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Борзнянської міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P295" s="4" t="inlineStr">
         <is>
-          <t>(068)0858722</t>
+          <t>(099)3764984</t>
         </is>
       </c>
       <c r="Q295" s="4"/>
       <c r="R295" s="4" t="inlineStr">
         <is>
-          <t>Olaserbyna092@gmail.com</t>
+          <t>progreszdo@gmail.com</t>
         </is>
       </c>
       <c r="S295" s="4"/>
       <c r="T295" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y295" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="4" t="inlineStr">
         <is>
-          <t>Прибинький дошкільний навчальний заклад "Вишенька" Прибинської сільської ради Корюківського району Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Капітошка" с. Прохори Комарівської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B296" s="5" t="n">
-        <v>169295</v>
+        <v>169453</v>
       </c>
       <c r="C296" s="6"/>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>Прибинський ДНЗ "Вишенька"</t>
+          <t>ЗДО "Капітошка"</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G296" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H296" s="6" t="inlineStr">
         <is>
-          <t>7422487001</t>
+          <t>7420886801</t>
         </is>
       </c>
       <c r="I296" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J296" s="4" t="inlineStr">
         <is>
-          <t>с. Прибинь, Корюківський район, Чернігівська область</t>
+          <t>с. Прохори, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K296" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 5</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 96</t>
+        </is>
+      </c>
+      <c r="L296" s="6"/>
+      <c r="M296" s="4"/>
       <c r="N296" s="7"/>
       <c r="O296" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P296" s="4"/>
       <c r="Q296" s="4"/>
       <c r="R296" s="4"/>
       <c r="S296" s="4"/>
       <c r="T296" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y296" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="4" t="inlineStr">
         <is>
-          <t>Прогресівський заклад дошкільної освіти "Сонечко" Кіптівської сільської ради</t>
+          <t>Радичівський дошкільний навчальний заклад (ясла-садок) Радичівської сільської ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B297" s="5" t="n">
-        <v>176174</v>
+        <v>169947</v>
       </c>
       <c r="C297" s="6"/>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Прогресівський ЗДО "Сонечко"</t>
+          <t>Радичівський ДНЗ</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G297" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H297" s="6" t="inlineStr">
         <is>
-          <t>7422088501</t>
+          <t>7422287001</t>
         </is>
       </c>
       <c r="I297" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J297" s="4" t="inlineStr">
         <is>
-          <t>с-ще Прогрес, Козелецький район, Чернігівська область</t>
+          <t>с. Радичів, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K297" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 7</t>
-[...3 lines deleted...]
-      <c r="M297" s="4"/>
+          <t>вулиця Корди, 1</t>
+        </is>
+      </c>
+      <c r="L297" s="6" t="inlineStr">
+        <is>
+          <t>UA74060050130074945</t>
+        </is>
+      </c>
+      <c r="M297" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Радичів</t>
+        </is>
+      </c>
       <c r="N297" s="7"/>
       <c r="O297" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P297" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P297" s="4"/>
       <c r="Q297" s="4"/>
-      <c r="R297" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R297" s="4"/>
       <c r="S297" s="4"/>
       <c r="T297" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y297" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Капітошка" с. Прохори Комарівської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Радульський дошкільний навчальний заклад</t>
         </is>
       </c>
       <c r="B298" s="5" t="n">
-        <v>169453</v>
+        <v>169980</v>
       </c>
       <c r="C298" s="6"/>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Капітошка"</t>
+          <t>Радульський ДНЗ</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G298" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H298" s="6" t="inlineStr">
         <is>
-          <t>7420886801</t>
+          <t>7424456400</t>
         </is>
       </c>
       <c r="I298" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J298" s="4" t="inlineStr">
         <is>
-          <t>с. Прохори, Борзнянський район, Чернігівська область</t>
+          <t>смт Радуль, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K298" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 96</t>
-[...3 lines deleted...]
-      <c r="M298" s="4"/>
+          <t>вулиця Чернігівська, 12</t>
+        </is>
+      </c>
+      <c r="L298" s="6" t="inlineStr">
+        <is>
+          <t>UA74100330030037029</t>
+        </is>
+      </c>
+      <c r="M298" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Радуль</t>
+        </is>
+      </c>
       <c r="N298" s="7"/>
       <c r="O298" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P298" s="4"/>
       <c r="Q298" s="4"/>
       <c r="R298" s="4"/>
       <c r="S298" s="4"/>
       <c r="T298" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y298" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="4" t="inlineStr">
         <is>
-          <t>Радичівський дошкільний навчальний заклад (ясла-садок) Радичівської сільської ради Коропського району Чернігівської області</t>
+          <t>Рівнопільський Дошкільний Навчальний Заклад "Райдужне Сяйво" Хмільницької Сільської Ради Чернігівського Району Чернігівської Області</t>
         </is>
       </c>
       <c r="B299" s="5" t="n">
-        <v>169947</v>
+        <v>169433</v>
       </c>
       <c r="C299" s="6"/>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>Радичівський ДНЗ</t>
+          <t>Рівнопільський ДНЗ</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G299" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H299" s="6" t="inlineStr">
         <is>
-          <t>7422287001</t>
+          <t>7425589303</t>
         </is>
       </c>
       <c r="I299" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J299" s="4" t="inlineStr">
         <is>
-          <t>с. Радичів, Коропський район, Чернігівська область</t>
+          <t>с. Рівнопілля, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K299" s="4" t="inlineStr">
         <is>
-          <t>вулиця Корди, 1</t>
+          <t>вулиця Перемоги, 16</t>
         </is>
       </c>
       <c r="L299" s="6" t="inlineStr">
         <is>
-          <t>UA74060050130074945</t>
+          <t>UA74100270100027472</t>
         </is>
       </c>
       <c r="M299" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Радичів</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Рівнопілля</t>
         </is>
       </c>
       <c r="N299" s="7"/>
       <c r="O299" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P299" s="4"/>
       <c r="Q299" s="4"/>
       <c r="R299" s="4"/>
       <c r="S299" s="4"/>
       <c r="T299" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y299" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="4" t="inlineStr">
         <is>
-          <t>Радульський дошкільний навчальний заклад</t>
+          <t>Ріпкинський комунальний дошкільний навчальний заклад (ясла-садок) №2 "Колосок"</t>
         </is>
       </c>
       <c r="B300" s="5" t="n">
-        <v>169980</v>
+        <v>169975</v>
       </c>
       <c r="C300" s="6"/>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>Радульський ДНЗ</t>
+          <t>РК ДНЗ №2 "Колосок"</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G300" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H300" s="6" t="inlineStr">
         <is>
-          <t>7424456400</t>
+          <t>7424455100</t>
         </is>
       </c>
       <c r="I300" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J300" s="4" t="inlineStr">
         <is>
-          <t>смт Радуль, Ріпкинський район, Чернігівська область</t>
+          <t>смт Ріпки, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K300" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 12</t>
+          <t>вулиця Садова, 46</t>
         </is>
       </c>
       <c r="L300" s="6" t="inlineStr">
         <is>
-          <t>UA74100330030037029</t>
+          <t>UA74100330010089064</t>
         </is>
       </c>
       <c r="M300" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Радуль</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Ріпки</t>
         </is>
       </c>
       <c r="N300" s="7"/>
       <c r="O300" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P300" s="4"/>
       <c r="Q300" s="4"/>
       <c r="R300" s="4"/>
       <c r="S300" s="4"/>
       <c r="T300" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y300" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="4" t="inlineStr">
         <is>
-          <t>Рівнопільський Дошкільний Навчальний Заклад "Райдужне Сяйво" Хмільницької Сільської Ради Чернігівського Району Чернігівської Області</t>
+          <t>Ріпкинський комунальний дошкільний навчальний заклад (ясла-садок) Ріпкинської селищної ради Ріпкинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B301" s="5" t="n">
-        <v>169433</v>
+        <v>169976</v>
       </c>
       <c r="C301" s="6"/>
       <c r="D301" s="4" t="inlineStr">
         <is>
-          <t>Рівнопільський ДНЗ</t>
+          <t>РК ДНЗ (ясла-садок) "Веселка"</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G301" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H301" s="6" t="inlineStr">
         <is>
-          <t>7425589303</t>
+          <t>7424455100</t>
         </is>
       </c>
       <c r="I301" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J301" s="4" t="inlineStr">
         <is>
-          <t>с. Рівнопілля, Чернігівський район, Чернігівська область</t>
+          <t>смт Ріпки, Ріпкинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K301" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 16</t>
+          <t>вулиця Шкільна, 4А</t>
         </is>
       </c>
       <c r="L301" s="6" t="inlineStr">
         <is>
-          <t>UA74100270100027472</t>
+          <t>UA74100330010089064</t>
         </is>
       </c>
       <c r="M301" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Рівнопілля</t>
+          <t>Чернігівська обл., Чернігівський р-н, с-ще Ріпки</t>
         </is>
       </c>
       <c r="N301" s="7"/>
       <c r="O301" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P301" s="4"/>
       <c r="Q301" s="4"/>
       <c r="R301" s="4"/>
       <c r="S301" s="4"/>
       <c r="T301" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y301" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="4" t="inlineStr">
         <is>
-          <t>Ріпкинський комунальний дошкільний навчальний заклад (ясла-садок) №2 "Колосок"</t>
+          <t>Рождественський дошкільний навчальний заклад загального типу Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B302" s="5" t="n">
-        <v>169975</v>
+        <v>169950</v>
       </c>
       <c r="C302" s="6"/>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>РК ДНЗ №2 "Колосок"</t>
+          <t>Рождественський ДНЗ</t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G302" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H302" s="6" t="inlineStr">
         <is>
-          <t>7424455100</t>
+          <t>7422282501</t>
         </is>
       </c>
       <c r="I302" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J302" s="4" t="inlineStr">
         <is>
-          <t>смт Ріпки, Ріпкинський район, Чернігівська область</t>
+          <t>с. Рождественське, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K302" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 46</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Першотравнева, 2</t>
+        </is>
+      </c>
+      <c r="L302" s="6"/>
+      <c r="M302" s="4"/>
       <c r="N302" s="7"/>
       <c r="O302" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P302" s="4"/>
+          <t>Відділ освіти Коропської селищної ради</t>
+        </is>
+      </c>
+      <c r="P302" s="4" t="inlineStr">
+        <is>
+          <t>(04656)24275</t>
+        </is>
+      </c>
       <c r="Q302" s="4"/>
-      <c r="R302" s="4"/>
+      <c r="R302" s="4" t="inlineStr">
+        <is>
+          <t>r.dnz@ukr.net</t>
+        </is>
+      </c>
       <c r="S302" s="4"/>
       <c r="T302" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y302" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="4" t="inlineStr">
         <is>
-          <t>Ріпкинський комунальний дошкільний навчальний заклад (ясла-садок) Ріпкинської селищної ради Ріпкинського району Чернігівської області</t>
+          <t>Рожнівський заклад дошкільної освіти "Колосок" Ічнянської міської ради</t>
         </is>
       </c>
       <c r="B303" s="5" t="n">
-        <v>169976</v>
-[...1 lines deleted...]
-      <c r="C303" s="6"/>
+        <v>169259</v>
+      </c>
+      <c r="C303" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>РК ДНЗ (ясла-садок) "Веселка"</t>
+          <t>ЗДО "Колосок" с. Рожнівка</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G303" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H303" s="6" t="inlineStr">
         <is>
-          <t>7424455100</t>
+          <t>7421788001</t>
         </is>
       </c>
       <c r="I303" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J303" s="4" t="inlineStr">
         <is>
-          <t>смт Ріпки, Ріпкинський район, Чернігівська область</t>
+          <t>с. Рожнівка, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K303" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 4А</t>
+          <t>вулиця Незалежності, 3</t>
         </is>
       </c>
       <c r="L303" s="6" t="inlineStr">
         <is>
-          <t>UA74100330010089064</t>
+          <t>UA74080030410096922</t>
         </is>
       </c>
       <c r="M303" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с-ще Ріпки</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Рожнівка</t>
         </is>
       </c>
       <c r="N303" s="7"/>
       <c r="O303" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ріпкинської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P303" s="4"/>
+          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P303" s="4" t="inlineStr">
+        <is>
+          <t>(096)9557777</t>
+        </is>
+      </c>
       <c r="Q303" s="4"/>
-      <c r="R303" s="4"/>
+      <c r="R303" s="4" t="inlineStr">
+        <is>
+          <t>rojnivka04413259@ukr.net</t>
+        </is>
+      </c>
       <c r="S303" s="4"/>
       <c r="T303" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Тютюнник Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y303" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="4" t="inlineStr">
         <is>
-          <t>Рождественський дошкільний навчальний заклад загального типу Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Роїщенський дошкільний навчальнрий заклад "Левеня" Роїщенсської сільської ради Чернігівського району Черинігівської оласті</t>
         </is>
       </c>
       <c r="B304" s="5" t="n">
-        <v>169950</v>
+        <v>169429</v>
       </c>
       <c r="C304" s="6"/>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>Рождественський ДНЗ</t>
+          <t>Роїщенський ДНЗ "Левеня"</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G304" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H304" s="6" t="inlineStr">
         <is>
-          <t>7422282501</t>
+          <t>7425587501</t>
         </is>
       </c>
       <c r="I304" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J304" s="4" t="inlineStr">
         <is>
-          <t>с. Рождественське, Коропський район, Чернігівська область</t>
+          <t>с. Роїще, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K304" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 2</t>
+          <t>вулиця Молодіжна, 2</t>
         </is>
       </c>
       <c r="L304" s="6"/>
       <c r="M304" s="4"/>
       <c r="N304" s="7"/>
       <c r="O304" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P304" s="4"/>
       <c r="Q304" s="4"/>
-      <c r="R304" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R304" s="4"/>
       <c r="S304" s="4"/>
       <c r="T304" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y304" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="4" t="inlineStr">
         <is>
-          <t>Рожнівський заклад дошкільної освіти "Колосок" Ічнянської міської ради</t>
+          <t>Рубанський дошкільний навчальний заклад "Берізка" Рубанської сільської ради Бахмацького району</t>
         </is>
       </c>
       <c r="B305" s="5" t="n">
-        <v>169259</v>
-[...5 lines deleted...]
-      </c>
+        <v>171668</v>
+      </c>
+      <c r="C305" s="6"/>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Колосок" с. Рожнівка</t>
+          <t>Рубанський ДНЗ " Берізка"</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G305" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H305" s="6" t="inlineStr">
         <is>
-          <t>7421788001</t>
+          <t>7420387501</t>
         </is>
       </c>
       <c r="I305" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J305" s="4" t="inlineStr">
         <is>
-          <t>с. Рожнівка, Ічнянський район, Чернігівська область</t>
+          <t>с. Рубанка, Бахмацький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K305" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 3</t>
+          <t>вулиця Жовтнева, 1</t>
         </is>
       </c>
       <c r="L305" s="6" t="inlineStr">
         <is>
-          <t>UA74080030410096922</t>
+          <t>UA74040130100022675</t>
         </is>
       </c>
       <c r="M305" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Рожнівка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Рубанка</t>
         </is>
       </c>
       <c r="N305" s="7"/>
       <c r="O305" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ічнянської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P305" s="4"/>
       <c r="Q305" s="4"/>
       <c r="R305" s="4" t="inlineStr">
         <is>
-          <t>rojnivka04413259@ukr.net</t>
+          <t>sadokrubanka@ukr.net</t>
         </is>
       </c>
       <c r="S305" s="4"/>
       <c r="T305" s="4" t="inlineStr">
         <is>
-          <t>Директор Тютюнник Ольга Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y305" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="4" t="inlineStr">
         <is>
-          <t>Роїщенський дошкільний навчальнрий заклад "Левеня" Роїщенсської сільської ради Чернігівського району Черинігівської оласті</t>
+          <t>Дошкільний навчальний заклад "Волошка" загального типу Рудівської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B306" s="5" t="n">
-        <v>169429</v>
+        <v>174629</v>
       </c>
       <c r="C306" s="6"/>
       <c r="D306" s="4" t="inlineStr">
         <is>
-          <t>Роїщенський ДНЗ "Левеня"</t>
+          <t>Рудівський ДНЗ "Волошка"</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G306" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H306" s="6" t="inlineStr">
         <is>
-          <t>7425587501</t>
+          <t>7424187601</t>
         </is>
       </c>
       <c r="I306" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J306" s="4" t="inlineStr">
         <is>
-          <t>с. Роїще, Чернігівський район, Чернігівська область</t>
+          <t>с. Рудівка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K306" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
+          <t>вулиця Рудівська, 1</t>
         </is>
       </c>
       <c r="L306" s="6"/>
       <c r="M306" s="4"/>
       <c r="N306" s="7"/>
       <c r="O306" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P306" s="4"/>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+        </is>
+      </c>
+      <c r="P306" s="4" t="inlineStr">
+        <is>
+          <t>()0989325492</t>
+        </is>
+      </c>
       <c r="Q306" s="4"/>
-      <c r="R306" s="4"/>
+      <c r="R306" s="4" t="inlineStr">
+        <is>
+          <t>ik503717@gmail.com</t>
+        </is>
+      </c>
       <c r="S306" s="4"/>
       <c r="T306" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y306" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="4" t="inlineStr">
         <is>
-          <t>Рубанський дошкільний навчальний заклад "Берізка" Рубанської сільської ради Бахмацького району</t>
+          <t>Рудківський комунальний заклад дошкільної освіти"Калинонька" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B307" s="5" t="n">
-        <v>171668</v>
+        <v>174977</v>
       </c>
       <c r="C307" s="6"/>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>Рубанський ДНЗ " Берізка"</t>
+          <t>Калинонька</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G307" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H307" s="6" t="inlineStr">
         <is>
-          <t>7420387501</t>
+          <t>7425587701</t>
         </is>
       </c>
       <c r="I307" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J307" s="4" t="inlineStr">
         <is>
-          <t>с. Рубанка, Бахмацький район, Чернігівська область</t>
+          <t>с. Рудка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K307" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Перемоги, 2</t>
+        </is>
+      </c>
+      <c r="L307" s="6"/>
+      <c r="M307" s="4"/>
       <c r="N307" s="7"/>
       <c r="O307" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P307" s="4"/>
       <c r="Q307" s="4"/>
-      <c r="R307" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R307" s="4"/>
       <c r="S307" s="4"/>
       <c r="T307" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y307" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Волошка" загального типу Рудівської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Рудьківський заклад дошкільної освіти "Котигорошко" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B308" s="5" t="n">
-        <v>174629</v>
-[...1 lines deleted...]
-      <c r="C308" s="6"/>
+        <v>173232</v>
+      </c>
+      <c r="C308" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Рудівський ДНЗ "Волошка"</t>
+          <t>Рудьківський ЗДО "Котигорошко"</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G308" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H308" s="6" t="inlineStr">
         <is>
-          <t>7424187601</t>
+          <t>7420686801</t>
         </is>
       </c>
       <c r="I308" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J308" s="4" t="inlineStr">
         <is>
-          <t>с. Рудівка, Прилуцький район, Чернігівська область</t>
+          <t>с. Рудьківка, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K308" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рудівська, 1</t>
+          <t>вулиця Центральна, 51г</t>
         </is>
       </c>
       <c r="L308" s="6"/>
       <c r="M308" s="4"/>
       <c r="N308" s="7"/>
       <c r="O308" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P308" s="4" t="inlineStr">
         <is>
-          <t>()0989325492</t>
+          <t>(098)4767632</t>
         </is>
       </c>
       <c r="Q308" s="4"/>
       <c r="R308" s="4" t="inlineStr">
         <is>
-          <t>ik503717@gmail.com</t>
+          <t>t_kapinos@ukr.net</t>
         </is>
       </c>
       <c r="S308" s="4"/>
       <c r="T308" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Скакун Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y308" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="4" t="inlineStr">
         <is>
-          <t>Рудківський комунальний заклад дошкільної освіти"Калинонька" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Савинський заклад дошкільної освіти "Сонечко" Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B309" s="5" t="n">
-        <v>174977</v>
+        <v>169357</v>
       </c>
       <c r="C309" s="6"/>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>Калинонька</t>
+          <t>Савинський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G309" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H309" s="6" t="inlineStr">
         <is>
-          <t>7425587701</t>
+          <t>7425187001</t>
         </is>
       </c>
       <c r="I309" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J309" s="4" t="inlineStr">
         <is>
-          <t>с. Рудка, Чернігівський район, Чернігівська область</t>
+          <t>с. Савинці, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K309" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2</t>
+          <t>вулиця Кооперативна, 28а</t>
         </is>
       </c>
       <c r="L309" s="6"/>
       <c r="M309" s="4"/>
       <c r="N309" s="7"/>
       <c r="O309" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P309" s="4"/>
       <c r="Q309" s="4"/>
       <c r="R309" s="4"/>
       <c r="S309" s="4"/>
       <c r="T309" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y309" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="4" t="inlineStr">
         <is>
-          <t>Рудьківський заклад дошкільної освіти "Котигорошко" Бобровицької міської ради Чернігівської області</t>
+          <t>комунальний заклад "Салтиково-Дівицький заклад дошкільної освіти "Сонечко" Куликівської селищної ради".</t>
         </is>
       </c>
       <c r="B310" s="5" t="n">
-        <v>173232</v>
-[...5 lines deleted...]
-      </c>
+        <v>169279</v>
+      </c>
+      <c r="C310" s="6"/>
       <c r="D310" s="4" t="inlineStr">
         <is>
-          <t>Рудьківський ЗДО "Котигорошко"</t>
+          <t>КЗ " Салтиково-Дівицький ЗДО "Сонечко" Куликівської селищної ради".</t>
         </is>
       </c>
       <c r="E310" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G310" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H310" s="6" t="inlineStr">
         <is>
-          <t>7420686801</t>
+          <t>7422786501</t>
         </is>
       </c>
       <c r="I310" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J310" s="4" t="inlineStr">
         <is>
-          <t>с. Рудьківка, Бобровицький район, Чернігівська область</t>
+          <t>с. Салтикова Дівиця, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K310" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 51г</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L310" s="6"/>
       <c r="M310" s="4"/>
       <c r="N310" s="7"/>
       <c r="O310" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P310" s="4"/>
       <c r="Q310" s="4"/>
-      <c r="R310" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R310" s="4"/>
       <c r="S310" s="4"/>
       <c r="T310" s="4" t="inlineStr">
         <is>
-          <t> Скакун Тетяна Петрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y310" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="4" t="inlineStr">
         <is>
-          <t>Савинський заклад дошкільної освіти "Сонечко" Срібнянської селищної ради Чернігівської області</t>
+          <t>Комунальна організація ( установа, заклад) дошкільний навчальний заклад "Світлячок" Світличненської сільської ради Варвинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B311" s="5" t="n">
-        <v>169357</v>
+        <v>169221</v>
       </c>
       <c r="C311" s="6"/>
       <c r="D311" s="4" t="inlineStr">
         <is>
-          <t>Савинський ЗДО "Сонечко"</t>
+          <t>ДНЗ "Світлячок" Світличненської сільської ради</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G311" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H311" s="6" t="inlineStr">
         <is>
-          <t>7425187001</t>
+          <t>7421184001</t>
         </is>
       </c>
       <c r="I311" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J311" s="4" t="inlineStr">
         <is>
-          <t>с. Савинці, Срібнянський район, Чернігівська область</t>
+          <t>с. Світличне, Варвинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K311" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кооперативна, 28а</t>
-[...3 lines deleted...]
-      <c r="M311" s="4"/>
+          <t>вулиця Молодіжна, 2</t>
+        </is>
+      </c>
+      <c r="L311" s="6" t="inlineStr">
+        <is>
+          <t>UA74080010230010313</t>
+        </is>
+      </c>
+      <c r="M311" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Світличне</t>
+        </is>
+      </c>
       <c r="N311" s="7"/>
       <c r="O311" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P311" s="4"/>
+      <c r="P311" s="4" t="inlineStr">
+        <is>
+          <t>0661886267</t>
+        </is>
+      </c>
       <c r="Q311" s="4"/>
-      <c r="R311" s="4"/>
+      <c r="R311" s="4" t="inlineStr">
+        <is>
+          <t>wsvitlyak@ukr.net</t>
+        </is>
+      </c>
       <c r="S311" s="4"/>
       <c r="T311" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y311" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Салтиково-Дівицький заклад дошкільної освіти "Сонечко" Куликівської селищної ради".</t>
+          <t>Семенівський заклад дошкільної освіти (ясла-садок) № 5 "Лісовичок" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B312" s="5" t="n">
-        <v>169279</v>
-[...1 lines deleted...]
-      <c r="C312" s="6"/>
+        <v>169335</v>
+      </c>
+      <c r="C312" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>КЗ " Салтиково-Дівицький ЗДО "Сонечко" Куликівської селищної ради".</t>
+          <t>Семенівський ЗДО №5 "Лісовичок"</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G312" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H312" s="6" t="inlineStr">
         <is>
-          <t>7422786501</t>
+          <t>7424710100</t>
         </is>
       </c>
       <c r="I312" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J312" s="4" t="inlineStr">
         <is>
-          <t>с. Салтикова Дівиця, Куликівський район, Чернігівська область</t>
+          <t>Семенівка, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K312" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
-[...3 lines deleted...]
-      <c r="M312" s="4"/>
+          <t>вулиця Сонячна, 12</t>
+        </is>
+      </c>
+      <c r="L312" s="6" t="inlineStr">
+        <is>
+          <t>UA74060070010010511</t>
+        </is>
+      </c>
+      <c r="M312" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, м. Семенівка</t>
+        </is>
+      </c>
       <c r="N312" s="7"/>
       <c r="O312" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P312" s="4"/>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P312" s="4" t="inlineStr">
+        <is>
+          <t>(04659)21804</t>
+        </is>
+      </c>
       <c r="Q312" s="4"/>
-      <c r="R312" s="4"/>
+      <c r="R312" s="4" t="inlineStr">
+        <is>
+          <t>lisovuchok5@ukr.net</t>
+        </is>
+      </c>
       <c r="S312" s="4"/>
       <c r="T312" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>В.о. директора Партала Олена Петрівна</t>
         </is>
       </c>
       <c r="U312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y312" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація ( установа, заклад) дошкільний навчальний заклад "Світлячок" Світличненської сільської ради Варвинського району Чернігівської області</t>
+          <t>Семенівський заклад дошкільної освіти (ясла-садок) №6 "Сонечко" комбінованого типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B313" s="5" t="n">
-        <v>169221</v>
-[...1 lines deleted...]
-      <c r="C313" s="6"/>
+        <v>169334</v>
+      </c>
+      <c r="C313" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Світлячок" Світличненської сільської ради</t>
+          <t>Cеменівський ЗДО №6 "Сонечко"</t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G313" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H313" s="6" t="inlineStr">
         <is>
-          <t>7421184001</t>
+          <t>7424710100</t>
         </is>
       </c>
       <c r="I313" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J313" s="4" t="inlineStr">
         <is>
-          <t>с. Світличне, Варвинський район, Чернігівська область</t>
+          <t>Семенівка, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K313" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
+          <t>вулиця Богдана Хмельницького, 8</t>
         </is>
       </c>
       <c r="L313" s="6" t="inlineStr">
         <is>
-          <t>UA74080010230010313</t>
+          <t>UA74060070010010511</t>
         </is>
       </c>
       <c r="M313" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Світличне</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, м. Семенівка</t>
         </is>
       </c>
       <c r="N313" s="7"/>
       <c r="O313" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P313" s="4" t="inlineStr">
         <is>
-          <t>0661886267</t>
+          <t>(04659)22939</t>
         </is>
       </c>
       <c r="Q313" s="4"/>
       <c r="R313" s="4" t="inlineStr">
         <is>
-          <t>wsvitlyak@ukr.net</t>
+          <t>elenakurpas@ukr.net</t>
         </is>
       </c>
       <c r="S313" s="4"/>
       <c r="T313" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Субота Лілія Миколаївна</t>
         </is>
       </c>
       <c r="U313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y313" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="4" t="inlineStr">
         <is>
-          <t>Семенівський заклад дошкільної освіти (ясла-садок) № 5 "Лісовичок" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Семенівський заклад дошкільної освіти №3 "Яблунька" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B314" s="5" t="n">
-        <v>169335</v>
+        <v>169336</v>
       </c>
       <c r="C314" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Семенівський ЗДО №5 "Лісовичок"</t>
+          <t>Семенівський ЗДО №3 "Яблунька"</t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G314" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H314" s="6" t="inlineStr">
         <is>
           <t>7424710100</t>
         </is>
       </c>
       <c r="I314" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J314" s="4" t="inlineStr">
         <is>
           <t>Семенівка, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K314" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 12</t>
+          <t>вулиця Новоселиця, 32</t>
         </is>
       </c>
       <c r="L314" s="6" t="inlineStr">
         <is>
           <t>UA74060070010010511</t>
         </is>
       </c>
       <c r="M314" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Новгород-Сіверський р-н, м. Семенівка</t>
         </is>
       </c>
       <c r="N314" s="7"/>
       <c r="O314" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P314" s="4" t="inlineStr">
         <is>
-          <t>(04659)21804</t>
+          <t>(04659)22351</t>
         </is>
       </c>
       <c r="Q314" s="4"/>
       <c r="R314" s="4" t="inlineStr">
         <is>
-          <t>lisovuchok5@ukr.net</t>
+          <t>uablynka396@ukr.net</t>
         </is>
       </c>
       <c r="S314" s="4"/>
       <c r="T314" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Партала Олена Петрівна</t>
+          <t>Директор Гайова Валентина Василівна</t>
         </is>
       </c>
       <c r="U314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y314" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="4" t="inlineStr">
         <is>
-          <t>Семенівський заклад дошкільної освіти (ясла-садок) №6 "Сонечко" комбінованого типу Семенівської міської ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "КАЗКА" загального типу Сергіївської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B315" s="5" t="n">
-        <v>169334</v>
-[...5 lines deleted...]
-      </c>
+        <v>169328</v>
+      </c>
+      <c r="C315" s="6"/>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>Cеменівський ЗДО №6 "Сонечко"</t>
+          <t>ДНЗ "КАЗКА"</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G315" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H315" s="6" t="inlineStr">
         <is>
-          <t>7424710100</t>
+          <t>7424188201</t>
         </is>
       </c>
       <c r="I315" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J315" s="4" t="inlineStr">
         <is>
-          <t>Семенівка, Семенівський район, Чернігівська область</t>
+          <t>с. Сергіївка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K315" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 8</t>
+          <t>вулиця Шевченка, 11А</t>
         </is>
       </c>
       <c r="L315" s="6" t="inlineStr">
         <is>
-          <t>UA74060070010010511</t>
+          <t>UA74080210070091813</t>
         </is>
       </c>
       <c r="M315" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, м. Семенівка</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Сергіївка</t>
         </is>
       </c>
       <c r="N315" s="7"/>
       <c r="O315" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P315" s="4" t="inlineStr">
         <is>
-          <t>(04659)22939</t>
+          <t>()0508262705</t>
         </is>
       </c>
       <c r="Q315" s="4"/>
       <c r="R315" s="4" t="inlineStr">
         <is>
-          <t>elenakurpas@ukr.net</t>
+          <t>kazkasergeevka@dmail.com</t>
         </is>
       </c>
       <c r="S315" s="4"/>
       <c r="T315" s="4" t="inlineStr">
         <is>
-          <t>Директор Субота Лілія Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y315" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="4" t="inlineStr">
         <is>
-          <t>Семенівський заклад дошкільної освіти №3 "Яблунька" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Сиволозький заклад дошкільної освіти " Журавлик" Плисківської сільської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B316" s="5" t="n">
-        <v>169336</v>
-[...5 lines deleted...]
-      </c>
+        <v>169456</v>
+      </c>
+      <c r="C316" s="6"/>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Семенівський ЗДО №3 "Яблунька"</t>
+          <t>Сиволозький ЗДО " Журавлик" Плисківської сільської ради Чернігівської області</t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G316" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H316" s="6" t="inlineStr">
         <is>
-          <t>7424710100</t>
+          <t>7420887201</t>
         </is>
       </c>
       <c r="I316" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J316" s="4" t="inlineStr">
         <is>
-          <t>Семенівка, Семенівський район, Чернігівська область</t>
+          <t>с. Сиволож, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K316" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новоселиця, 32</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 26</t>
+        </is>
+      </c>
+      <c r="L316" s="6"/>
+      <c r="M316" s="4"/>
       <c r="N316" s="7"/>
       <c r="O316" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, молоді та спорту Плисківської сільської ради Борзнянського району Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P316" s="4"/>
       <c r="Q316" s="4"/>
-      <c r="R316" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R316" s="4"/>
       <c r="S316" s="4"/>
       <c r="T316" s="4" t="inlineStr">
         <is>
-          <t>Директор Гайова Валентина Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y316" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "КАЗКА" загального типу Сергіївської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Синявський заклад дошкільної освіти (дитячий садок) "Дзвіночок" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B317" s="5" t="n">
-        <v>169328</v>
-[...1 lines deleted...]
-      <c r="C317" s="6"/>
+        <v>169304</v>
+      </c>
+      <c r="C317" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "КАЗКА"</t>
+          <t>Синявський ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G317" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H317" s="6" t="inlineStr">
         <is>
-          <t>7424188201</t>
+          <t>7423088001</t>
         </is>
       </c>
       <c r="I317" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J317" s="4" t="inlineStr">
         <is>
-          <t>с. Сергіївка, Прилуцький район, Чернігівська область</t>
+          <t>с. Синявка, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K317" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 11А</t>
+          <t>вулиця Шкільна, 14</t>
         </is>
       </c>
       <c r="L317" s="6" t="inlineStr">
         <is>
-          <t>UA74080210070091813</t>
+          <t>UA74020030300023318</t>
         </is>
       </c>
       <c r="M317" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Сергіївка</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Синявка</t>
         </is>
       </c>
       <c r="N317" s="7"/>
       <c r="O317" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P317" s="4" t="inlineStr">
         <is>
-          <t>()0508262705</t>
+          <t>(098)6497999</t>
         </is>
       </c>
       <c r="Q317" s="4"/>
       <c r="R317" s="4" t="inlineStr">
         <is>
-          <t>kazkasergeevka@dmail.com</t>
+          <t>zdo_sinayvka@ukr.net</t>
         </is>
       </c>
       <c r="S317" s="4"/>
       <c r="T317" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Авраменко Антоніна Михайлівна</t>
         </is>
       </c>
       <c r="U317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y317" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="4" t="inlineStr">
         <is>
-          <t>Сиволозький заклад дошкільної освіти " Журавлик" Плисківської сільської ради Чернігівської області</t>
+          <t>Скрипчинський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
         </is>
       </c>
       <c r="B318" s="5" t="n">
-        <v>169456</v>
+        <v>169277</v>
       </c>
       <c r="C318" s="6"/>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>Сиволозький ЗДО " Журавлик" Плисківської сільської ради Чернігівської області</t>
+          <t>Скрипчинський ЗДО</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G318" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H318" s="6" t="inlineStr">
         <is>
-          <t>7420887201</t>
+          <t>7422088901</t>
         </is>
       </c>
       <c r="I318" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J318" s="4" t="inlineStr">
         <is>
-          <t>с. Сиволож, Борзнянський район, Чернігівська область</t>
+          <t>с. Скрипчин, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K318" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 26</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L318" s="6"/>
       <c r="M318" s="4"/>
       <c r="N318" s="7"/>
       <c r="O318" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Плисківської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P318" s="4"/>
       <c r="Q318" s="4"/>
       <c r="R318" s="4"/>
       <c r="S318" s="4"/>
       <c r="T318" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y318" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="4" t="inlineStr">
         <is>
-          <t>Синявський заклад дошкільної освіти (дитячий садок) "Дзвіночок" загального типу Менської міської ради</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Смичинської ЗОШ І-ІІІ ст. Городнянської міської ради Чернігівської ради</t>
         </is>
       </c>
       <c r="B319" s="5" t="n">
-        <v>169304</v>
-[...5 lines deleted...]
-      </c>
+        <v>169237</v>
+      </c>
+      <c r="C319" s="6"/>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>Синявський ЗДО "Дзвіночок"</t>
+          <t>ОДНЗ на базі Смичинської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G319" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H319" s="6" t="inlineStr">
         <is>
-          <t>7423088001</t>
+          <t>7421487601</t>
         </is>
       </c>
       <c r="I319" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J319" s="4" t="inlineStr">
         <is>
-          <t>с. Синявка, Менський район, Чернігівська область</t>
+          <t>с. Смичин, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K319" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 14</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Чернігівська, 20</t>
+        </is>
+      </c>
+      <c r="L319" s="6"/>
+      <c r="M319" s="4"/>
       <c r="N319" s="7"/>
       <c r="O319" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P319" s="4" t="inlineStr">
         <is>
-          <t>(098)6497999</t>
+          <t>(096)6533144</t>
         </is>
       </c>
       <c r="Q319" s="4"/>
       <c r="R319" s="4" t="inlineStr">
         <is>
-          <t>zdo_sinayvka@ukr.net</t>
+          <t>smeechenska_zoh@meta.ua</t>
         </is>
       </c>
       <c r="S319" s="4"/>
       <c r="T319" s="4" t="inlineStr">
         <is>
-          <t>Директор Авраменко Антоніна Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y319" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="4" t="inlineStr">
         <is>
-          <t>Скрипчинський заклад дошкільної освіти загального розвитку Козелецької селищної ради Козелецького району Чернігівської області</t>
+          <t>Комунальний дошкільний навчальний заклад "Веселка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B320" s="5" t="n">
-        <v>169277</v>
+        <v>169436</v>
       </c>
       <c r="C320" s="6"/>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>Скрипчинський ЗДО</t>
+          <t>Комунальний дошкільний навчальний заклад "Веселка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G320" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H320" s="6" t="inlineStr">
         <is>
-          <t>7422088901</t>
+          <t>7425588501</t>
         </is>
       </c>
       <c r="I320" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J320" s="4" t="inlineStr">
         <is>
-          <t>с. Скрипчин, Козелецький район, Чернігівська область</t>
+          <t>с. Смолин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K320" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Нова, 15А</t>
         </is>
       </c>
       <c r="L320" s="6"/>
       <c r="M320" s="4"/>
       <c r="N320" s="7"/>
       <c r="O320" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P320" s="4"/>
+      <c r="P320" s="4" t="inlineStr">
+        <is>
+          <t>(096)9818330</t>
+        </is>
+      </c>
       <c r="Q320" s="4"/>
-      <c r="R320" s="4"/>
+      <c r="R320" s="4" t="inlineStr">
+        <is>
+          <t>ksenia.sinkevich@ukr.net</t>
+        </is>
+      </c>
       <c r="S320" s="4"/>
       <c r="T320" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y320" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Смичинської ЗОШ І-ІІІ ст. Городнянської міської ради Чернігівської ради</t>
+          <t>Смолянський заклад дошкільної освіти "Дзвіночок" Олишівської селищної ради</t>
         </is>
       </c>
       <c r="B321" s="5" t="n">
-        <v>169237</v>
+        <v>175258</v>
       </c>
       <c r="C321" s="6"/>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>ОДНЗ на базі Смичинської ЗОШ І-ІІІ ст.</t>
+          <t>ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G321" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H321" s="6" t="inlineStr">
         <is>
-          <t>7421487601</t>
+          <t>7422787001</t>
         </is>
       </c>
       <c r="I321" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J321" s="4" t="inlineStr">
         <is>
-          <t>с. Смичин, Городнянський район, Чернігівська область</t>
+          <t>с. Смолянка, Куликівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K321" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 20</t>
-[...3 lines deleted...]
-      <c r="M321" s="4"/>
+          <t>вулиця Вікторова, 63</t>
+        </is>
+      </c>
+      <c r="L321" s="6" t="inlineStr">
+        <is>
+          <t>UA74100290050044483</t>
+        </is>
+      </c>
+      <c r="M321" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Чернігівський р-н, с. Смолянка</t>
+        </is>
+      </c>
       <c r="N321" s="7"/>
       <c r="O321" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P321" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P321" s="4"/>
       <c r="Q321" s="4"/>
-      <c r="R321" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R321" s="4"/>
       <c r="S321" s="4"/>
       <c r="T321" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y321" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад "Веселка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Сновянський дошкільний навчальний заклад "Сонечко" Боромиківської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B322" s="5" t="n">
-        <v>169436</v>
+        <v>169431</v>
       </c>
       <c r="C322" s="6"/>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>Комунальний дошкільний навчальний заклад "Веселка" Гончарівської селищної ради Чернігівського району Чернігівської області</t>
+          <t>сновянський днз "Сонечко"</t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G322" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H322" s="6" t="inlineStr">
         <is>
-          <t>7425588501</t>
+          <t>7425581004</t>
         </is>
       </c>
       <c r="I322" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J322" s="4" t="inlineStr">
         <is>
-          <t>с. Смолин, Чернігівський район, Чернігівська область</t>
+          <t>с. Снов'янка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K322" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 15А</t>
+          <t>вулиця Лісова, 1в</t>
         </is>
       </c>
       <c r="L322" s="6"/>
       <c r="M322" s="4"/>
       <c r="N322" s="7"/>
       <c r="O322" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P322" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P322" s="4"/>
       <c r="Q322" s="4"/>
-      <c r="R322" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R322" s="4"/>
       <c r="S322" s="4"/>
       <c r="T322" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y322" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="4" t="inlineStr">
         <is>
-          <t>Смолянський заклад дошкільної освіти "Дзвіночок" Олишівської селищної ради</t>
+          <t>Комунальний заклад "Сновська загальноосвітня школа-інтернат І-ІІ ступенів" Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B323" s="5" t="n">
-        <v>175258</v>
+        <v>174485</v>
       </c>
       <c r="C323" s="6"/>
       <c r="D323" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Дзвіночок"</t>
+          <t>КЗ "Сновська ЗОШ-інтернат І-ІІ ступенів"</t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G323" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H323" s="6" t="inlineStr">
         <is>
-          <t>7422787001</t>
+          <t>7425810100</t>
         </is>
       </c>
       <c r="I323" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J323" s="4" t="inlineStr">
         <is>
-          <t>с. Смолянка, Куликівський район, Чернігівська область</t>
+          <t>Сновськ, Сновський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K323" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вікторова, 63</t>
+          <t>вулиця 30років Перемоги, 2а</t>
         </is>
       </c>
       <c r="L323" s="6" t="inlineStr">
         <is>
-          <t>UA74100290050044483</t>
+          <t>UA74020050010092446</t>
         </is>
       </c>
       <c r="M323" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Смолянка</t>
+          <t>Чернігівська обл., Корюківський р-н, м. Сновськ</t>
         </is>
       </c>
       <c r="N323" s="7"/>
       <c r="O323" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P323" s="4"/>
+      <c r="P323" s="4" t="inlineStr">
+        <is>
+          <t>(04654)21190</t>
+        </is>
+      </c>
       <c r="Q323" s="4"/>
-      <c r="R323" s="4"/>
-      <c r="S323" s="4"/>
+      <c r="R323" s="4" t="inlineStr">
+        <is>
+          <t>zosh_internat@ukrpost.ua</t>
+        </is>
+      </c>
+      <c r="S323" s="4" t="inlineStr">
+        <is>
+          <t>https://zoshinternat.wixsite.com/snovsk</t>
+        </is>
+      </c>
       <c r="T323" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U323" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y323" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="4" t="inlineStr">
         <is>
-          <t>Сновянський дошкільний навчальний заклад "Сонечко" Боромиківської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Сновський дошкільний навчальний заклад №1</t>
         </is>
       </c>
       <c r="B324" s="5" t="n">
-        <v>169431</v>
+        <v>169440</v>
       </c>
       <c r="C324" s="6"/>
       <c r="D324" s="4" t="inlineStr">
         <is>
-          <t>сновянський днз "Сонечко"</t>
+          <t>Сновський ДНЗ №1</t>
         </is>
       </c>
       <c r="E324" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G324" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H324" s="6" t="inlineStr">
         <is>
-          <t>7425581004</t>
+          <t>7425810100</t>
         </is>
       </c>
       <c r="I324" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J324" s="4" t="inlineStr">
         <is>
-          <t>с. Снов'янка, Чернігівський район, Чернігівська область</t>
+          <t>Сновськ, Сновський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K324" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 1в</t>
-[...3 lines deleted...]
-      <c r="M324" s="4"/>
+          <t>вулиця Миру, 36</t>
+        </is>
+      </c>
+      <c r="L324" s="6" t="inlineStr">
+        <is>
+          <t>UA74020050010092446</t>
+        </is>
+      </c>
+      <c r="M324" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, м. Сновськ</t>
+        </is>
+      </c>
       <c r="N324" s="7"/>
       <c r="O324" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P324" s="4"/>
+      <c r="P324" s="4" t="inlineStr">
+        <is>
+          <t>(4654)21035</t>
+        </is>
+      </c>
       <c r="Q324" s="4"/>
-      <c r="R324" s="4"/>
-      <c r="S324" s="4"/>
+      <c r="R324" s="4" t="inlineStr">
+        <is>
+          <t>snovsk-dnz1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S324" s="4" t="inlineStr">
+        <is>
+          <t>http://www.schors-dnz1.edukit.cn.ua</t>
+        </is>
+      </c>
       <c r="T324" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y324" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Сновська загальноосвітня школа-інтернат І-ІІ ступенів" Чернігівської обласної ради</t>
+          <t>Сокиринський заклад дошкільної освіти "Метелик"Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B325" s="5" t="n">
-        <v>174485</v>
+        <v>169356</v>
       </c>
       <c r="C325" s="6"/>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Сновська ЗОШ-інтернат І-ІІ ступенів"</t>
+          <t>Сокиринський ЗДО "Метелик"</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G325" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H325" s="6" t="inlineStr">
         <is>
-          <t>7425810100</t>
+          <t>7425188001</t>
         </is>
       </c>
       <c r="I325" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J325" s="4" t="inlineStr">
         <is>
-          <t>Сновськ, Сновський район, Чернігівська область</t>
+          <t>с. Сокиринці, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K325" s="4" t="inlineStr">
         <is>
-          <t>вулиця 30років Перемоги, 2а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Галаганівська, 55-а</t>
+        </is>
+      </c>
+      <c r="L325" s="6"/>
+      <c r="M325" s="4"/>
       <c r="N325" s="7"/>
       <c r="O325" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P325" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P325" s="4"/>
       <c r="Q325" s="4"/>
-      <c r="R325" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R325" s="4"/>
+      <c r="S325" s="4"/>
       <c r="T325" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U325" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y325" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="4" t="inlineStr">
         <is>
-          <t>Сновський дошкільний навчальний заклад №1</t>
+          <t>Заклад дошкільної освіти (ясло-садок) "Сонечко" загального типу</t>
         </is>
       </c>
       <c r="B326" s="5" t="n">
-        <v>169440</v>
+        <v>169347</v>
       </c>
       <c r="C326" s="6"/>
       <c r="D326" s="4" t="inlineStr">
         <is>
-          <t>Сновський ДНЗ №1</t>
+          <t>ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G326" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H326" s="6" t="inlineStr">
         <is>
-          <t>7425810100</t>
+          <t>7424955100</t>
         </is>
       </c>
       <c r="I326" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J326" s="4" t="inlineStr">
         <is>
-          <t>Сновськ, Сновський район, Чернігівська область</t>
+          <t>смт Сосниця, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K326" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 36</t>
+          <t>вулиця Квіткова, 2</t>
         </is>
       </c>
       <c r="L326" s="6" t="inlineStr">
         <is>
-          <t>UA74020050010092446</t>
+          <t>UA74020070010027190</t>
         </is>
       </c>
       <c r="M326" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, м. Сновськ</t>
+          <t>Чернігівська обл., Корюківський р-н, с-ще Сосниця</t>
         </is>
       </c>
       <c r="N326" s="7"/>
       <c r="O326" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
         </is>
       </c>
       <c r="P326" s="4" t="inlineStr">
         <is>
-          <t>(4654)21035</t>
+          <t>(04655)21172</t>
         </is>
       </c>
       <c r="Q326" s="4"/>
       <c r="R326" s="4" t="inlineStr">
         <is>
-          <t>snovsk-dnz1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sadok.sonechko@ukr.net</t>
+        </is>
+      </c>
+      <c r="S326" s="4"/>
       <c r="T326" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y326" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="4" t="inlineStr">
         <is>
-          <t>Сокиринський заклад дошкільної освіти "Метелик"Срібнянської селищної ради Чернігівської області</t>
+          <t>Сосницький заклад дошкільної освіти (ясла-садок) "Калинка" загального типу Сосницької селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B327" s="5" t="n">
-        <v>169356</v>
+        <v>169346</v>
       </c>
       <c r="C327" s="6"/>
       <c r="D327" s="4" t="inlineStr">
         <is>
-          <t>Сокиринський ЗДО "Метелик"</t>
+          <t>Сосницький ЗДО "Калинка"</t>
         </is>
       </c>
       <c r="E327" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G327" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H327" s="6" t="inlineStr">
         <is>
-          <t>7425188001</t>
+          <t>7424955100</t>
         </is>
       </c>
       <c r="I327" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J327" s="4" t="inlineStr">
         <is>
-          <t>с. Сокиринці, Срібнянський район, Чернігівська область</t>
+          <t>смт Сосниця, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K327" s="4" t="inlineStr">
         <is>
-          <t>вулиця Галаганівська, 55-а</t>
-[...3 lines deleted...]
-      <c r="M327" s="4"/>
+          <t>вулиця Грушевського, 32а</t>
+        </is>
+      </c>
+      <c r="L327" s="6" t="inlineStr">
+        <is>
+          <t>UA74020070010027190</t>
+        </is>
+      </c>
+      <c r="M327" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, с-ще Сосниця</t>
+        </is>
+      </c>
       <c r="N327" s="7"/>
       <c r="O327" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P327" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+        </is>
+      </c>
+      <c r="P327" s="4" t="inlineStr">
+        <is>
+          <t>(04655)2-12-83</t>
+        </is>
+      </c>
       <c r="Q327" s="4"/>
-      <c r="R327" s="4"/>
+      <c r="R327" s="4" t="inlineStr">
+        <is>
+          <t>kalinka32@ukr.net</t>
+        </is>
+      </c>
       <c r="S327" s="4"/>
       <c r="T327" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y327" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясло-садок) "Сонечко" загального типу</t>
+          <t>Спаський заклад дошкільної освіти (дитячий садок) "Зернятко" загального типу Сосницької селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B328" s="5" t="n">
-        <v>169347</v>
-[...1 lines deleted...]
-      <c r="C328" s="6"/>
+        <v>169352</v>
+      </c>
+      <c r="C328" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D328" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко"</t>
+          <t>Спаський ЗДО "Зернятко"</t>
         </is>
       </c>
       <c r="E328" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G328" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H328" s="6" t="inlineStr">
         <is>
-          <t>7424955100</t>
+          <t>7424987001</t>
         </is>
       </c>
       <c r="I328" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J328" s="4" t="inlineStr">
         <is>
-          <t>смт Сосниця, Сосницький район, Чернігівська область</t>
+          <t>с. Спаське, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K328" s="4" t="inlineStr">
         <is>
-          <t>вулиця Квіткова, 2</t>
+          <t>вулиця Придеснянська, 69</t>
         </is>
       </c>
       <c r="L328" s="6" t="inlineStr">
         <is>
-          <t>UA74020070010027190</t>
+          <t>UA74020070350046205</t>
         </is>
       </c>
       <c r="M328" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с-ще Сосниця</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Спаське</t>
         </is>
       </c>
       <c r="N328" s="7"/>
       <c r="O328" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
         </is>
       </c>
       <c r="P328" s="4" t="inlineStr">
         <is>
-          <t>(04655)21172</t>
+          <t>(097)9933945</t>
         </is>
       </c>
       <c r="Q328" s="4"/>
-      <c r="R328" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R328" s="4"/>
       <c r="S328" s="4"/>
       <c r="T328" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Герасименко Олена Василівна</t>
         </is>
       </c>
       <c r="U328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y328" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="4" t="inlineStr">
         <is>
-          <t>Сосницький заклад дошкільної освіти (ясла-садок) "Калинка" загального типу Сосницької селищної ради Чернігівської області</t>
+          <t>Будинок дитячої та юнацької творчості Срібнянської селищної ради</t>
         </is>
       </c>
       <c r="B329" s="5" t="n">
-        <v>169346</v>
+        <v>175166</v>
       </c>
       <c r="C329" s="6"/>
       <c r="D329" s="4" t="inlineStr">
         <is>
-          <t>Сосницький ЗДО "Калинка"</t>
+          <t>БДтаЮТ</t>
         </is>
       </c>
       <c r="E329" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G329" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H329" s="6" t="inlineStr">
         <is>
-          <t>7424955100</t>
+          <t>7425155100</t>
         </is>
       </c>
       <c r="I329" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J329" s="4" t="inlineStr">
         <is>
-          <t>смт Сосниця, Сосницький район, Чернігівська область</t>
+          <t>смт Срібне, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K329" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 32а</t>
+          <t>вулиця Миру, 41</t>
         </is>
       </c>
       <c r="L329" s="6" t="inlineStr">
         <is>
-          <t>UA74020070010027190</t>
+          <t>UA74080150010087049</t>
         </is>
       </c>
       <c r="M329" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с-ще Сосниця</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Срібне</t>
         </is>
       </c>
       <c r="N329" s="7"/>
       <c r="O329" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P329" s="4"/>
       <c r="Q329" s="4"/>
-      <c r="R329" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R329" s="4"/>
       <c r="S329" s="4"/>
       <c r="T329" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y329" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="4" t="inlineStr">
         <is>
-          <t>Спаський заклад дошкільної освіти (дитячий садок) "Зернятко" загального типу Сосницької селищної ради Чернігівської області</t>
+          <t>Срібнянський заклад дошкільної освіти"Сонечко" Срібнянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B330" s="5" t="n">
-        <v>169352</v>
-[...5 lines deleted...]
-      </c>
+        <v>169354</v>
+      </c>
+      <c r="C330" s="6"/>
       <c r="D330" s="4" t="inlineStr">
         <is>
-          <t>Спаський ЗДО "Зернятко"</t>
+          <t>Срібнянський ЗДО"Сонечко"</t>
         </is>
       </c>
       <c r="E330" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G330" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H330" s="6" t="inlineStr">
         <is>
-          <t>7424987001</t>
+          <t>7425155100</t>
         </is>
       </c>
       <c r="I330" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J330" s="4" t="inlineStr">
         <is>
-          <t>с. Спаське, Сосницький район, Чернігівська область</t>
+          <t>смт Срібне, Срібнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K330" s="4" t="inlineStr">
         <is>
-          <t>вулиця Придеснянська, 69</t>
+          <t>вулиця Сонячна, 24</t>
         </is>
       </c>
       <c r="L330" s="6" t="inlineStr">
         <is>
-          <t>UA74020070350046205</t>
+          <t>UA74080150010087049</t>
         </is>
       </c>
       <c r="M330" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Спаське</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Срібне</t>
         </is>
       </c>
       <c r="N330" s="7"/>
       <c r="O330" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P330" s="4"/>
       <c r="Q330" s="4"/>
       <c r="R330" s="4"/>
       <c r="S330" s="4"/>
       <c r="T330" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасименко Олена Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y330" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="4" t="inlineStr">
         <is>
-          <t>Будинок дитячої та юнацької творчості Срібнянської селищної ради</t>
+          <t>Старобасанський заклад дошкільної освіти "Калинка" Бобровицької міської ради Бобровицького району Чернігівської області .</t>
         </is>
       </c>
       <c r="B331" s="5" t="n">
-        <v>175166</v>
-[...1 lines deleted...]
-      <c r="C331" s="6"/>
+        <v>173231</v>
+      </c>
+      <c r="C331" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D331" s="4" t="inlineStr">
         <is>
-          <t>БДтаЮТ</t>
+          <t>Старобасанський ЗДО "Калинка"</t>
         </is>
       </c>
       <c r="E331" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G331" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H331" s="6" t="inlineStr">
         <is>
-          <t>7425155100</t>
+          <t>7420687601</t>
         </is>
       </c>
       <c r="I331" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J331" s="4" t="inlineStr">
         <is>
-          <t>смт Срібне, Срібнянський район, Чернігівська область</t>
+          <t>с. Стара Басань, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K331" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 41</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миколи Зуба, 13</t>
+        </is>
+      </c>
+      <c r="L331" s="6"/>
+      <c r="M331" s="4"/>
       <c r="N331" s="7"/>
       <c r="O331" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P331" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P331" s="4" t="inlineStr">
+        <is>
+          <t>(096)3698239</t>
+        </is>
+      </c>
       <c r="Q331" s="4"/>
-      <c r="R331" s="4"/>
+      <c r="R331" s="4" t="inlineStr">
+        <is>
+          <t>stara-basan@meta.ua</t>
+        </is>
+      </c>
       <c r="S331" s="4"/>
       <c r="T331" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>В.о. директора Нетецька Світлана Петрівна</t>
         </is>
       </c>
       <c r="U331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y331" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="4" t="inlineStr">
         <is>
-          <t>Срібнянський заклад дошкільної освіти"Сонечко" Срібнянської селищної ради Чернігівської області</t>
+          <t>Староталалаївський дошкільно навчальний заклад "Веселка" Талалаївського району, Чернігівської області</t>
         </is>
       </c>
       <c r="B332" s="5" t="n">
-        <v>169354</v>
+        <v>169369</v>
       </c>
       <c r="C332" s="6"/>
       <c r="D332" s="4" t="inlineStr">
         <is>
-          <t>Срібнянський ЗДО"Сонечко"</t>
+          <t>Староталалаївський ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E332" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G332" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H332" s="6" t="inlineStr">
         <is>
-          <t>7425155100</t>
+          <t>7425383501</t>
         </is>
       </c>
       <c r="I332" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J332" s="4" t="inlineStr">
         <is>
-          <t>смт Срібне, Срібнянський район, Чернігівська область</t>
+          <t>с. Стара Талалаївка, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K332" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 24</t>
+          <t>вулиця Гагаріна, 20а</t>
         </is>
       </c>
       <c r="L332" s="6" t="inlineStr">
         <is>
-          <t>UA74080150010087049</t>
+          <t>UA74080190350025843</t>
         </is>
       </c>
       <c r="M332" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с-ще Срібне</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Стара Талалаївка</t>
         </is>
       </c>
       <c r="N332" s="7"/>
       <c r="O332" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P332" s="4"/>
       <c r="Q332" s="4"/>
       <c r="R332" s="4"/>
       <c r="S332" s="4"/>
       <c r="T332" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y332" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="4" t="inlineStr">
         <is>
-          <t>Старобасанський заклад дошкільної освіти "Калинка" Бобровицької міської ради Бобровицького району Чернігівської області .</t>
+          <t>Старобілоуський комунальний заклад дошкільної освіти "Зернятко" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B333" s="5" t="n">
-        <v>173231</v>
-[...5 lines deleted...]
-      </c>
+        <v>174980</v>
+      </c>
+      <c r="C333" s="6"/>
       <c r="D333" s="4" t="inlineStr">
         <is>
-          <t>Старобасанський ЗДО "Калинка"</t>
+          <t>КЗДО "Зернятко"</t>
         </is>
       </c>
       <c r="E333" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G333" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H333" s="6" t="inlineStr">
         <is>
-          <t>7420687601</t>
+          <t>7425588601</t>
         </is>
       </c>
       <c r="I333" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J333" s="4" t="inlineStr">
         <is>
-          <t>с. Стара Басань, Бобровицький район, Чернігівська область</t>
+          <t>с. Старий Білоус, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K333" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Зуба, 13</t>
+          <t>вулиця 30років Перемоги, 44</t>
         </is>
       </c>
       <c r="L333" s="6"/>
       <c r="M333" s="4"/>
       <c r="N333" s="7"/>
       <c r="O333" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P333" s="4"/>
       <c r="Q333" s="4"/>
-      <c r="R333" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R333" s="4"/>
       <c r="S333" s="4"/>
       <c r="T333" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Нетецька Світлана Петрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y333" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="4" t="inlineStr">
         <is>
-          <t>Староталалаївський дошкільно навчальний заклад "Веселка" Талалаївського району, Чернігівської області</t>
+          <t>Комунальне підприємство Дошкільний навчальний заклад (ясла-садок) "Казкове сонечко" Степовохутірської сільської ради</t>
         </is>
       </c>
       <c r="B334" s="5" t="n">
-        <v>169369</v>
+        <v>169313</v>
       </c>
       <c r="C334" s="6"/>
       <c r="D334" s="4" t="inlineStr">
         <is>
-          <t>Староталалаївський ДНЗ "Веселка"</t>
+          <t>ДНЗ (ясла-садок) "Казкове сонечко"</t>
         </is>
       </c>
       <c r="E334" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G334" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H334" s="6" t="inlineStr">
         <is>
-          <t>7425383501</t>
+          <t>7423886001</t>
         </is>
       </c>
       <c r="I334" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J334" s="4" t="inlineStr">
         <is>
-          <t>с. Стара Талалаївка, Талалаївський район, Чернігівська область</t>
+          <t>с. Степові Хутори, Носівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K334" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 20а</t>
+          <t>вулиця Хрещатик, 13А</t>
         </is>
       </c>
       <c r="L334" s="6" t="inlineStr">
         <is>
-          <t>UA74080190350025843</t>
+          <t>UA74040210190065858</t>
         </is>
       </c>
       <c r="M334" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Стара Талалаївка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Степові Хутори</t>
         </is>
       </c>
       <c r="N334" s="7"/>
       <c r="O334" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P334" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Носівської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P334" s="4" t="inlineStr">
+        <is>
+          <t>(097)1005887</t>
+        </is>
+      </c>
       <c r="Q334" s="4"/>
       <c r="R334" s="4"/>
       <c r="S334" s="4"/>
       <c r="T334" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y334" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="4" t="inlineStr">
         <is>
-          <t>Старобілоуський комунальний заклад дошкільної освіти "Зернятко" Новобілоуської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Стольненський заклад дошкільної освіти (дитячий садок) "Сонечко" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B335" s="5" t="n">
-        <v>174980</v>
-[...1 lines deleted...]
-      <c r="C335" s="6"/>
+        <v>170081</v>
+      </c>
+      <c r="C335" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D335" s="4" t="inlineStr">
         <is>
-          <t>КЗДО "Зернятко"</t>
+          <t>Стольненський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E335" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G335" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H335" s="6" t="inlineStr">
         <is>
-          <t>7425588601</t>
+          <t>7423088501</t>
         </is>
       </c>
       <c r="I335" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J335" s="4" t="inlineStr">
         <is>
-          <t>с. Старий Білоус, Чернігівський район, Чернігівська область</t>
+          <t>с. Стольне, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K335" s="4" t="inlineStr">
         <is>
-          <t>вулиця 30років Перемоги, 44</t>
-[...3 lines deleted...]
-      <c r="M335" s="4"/>
+          <t>вулиця Миру, 15</t>
+        </is>
+      </c>
+      <c r="L335" s="6" t="inlineStr">
+        <is>
+          <t>UA74020030330016638</t>
+        </is>
+      </c>
+      <c r="M335" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Корюківський р-н, с. Стольне</t>
+        </is>
+      </c>
       <c r="N335" s="7"/>
       <c r="O335" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P335" s="4"/>
+          <t>Відділ освіти Менської міської ради</t>
+        </is>
+      </c>
+      <c r="P335" s="4" t="inlineStr">
+        <is>
+          <t>(068)9816656</t>
+        </is>
+      </c>
       <c r="Q335" s="4"/>
-      <c r="R335" s="4"/>
+      <c r="R335" s="4" t="inlineStr">
+        <is>
+          <t>lutsuknm@gmail.com</t>
+        </is>
+      </c>
       <c r="S335" s="4"/>
       <c r="T335" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Луцук Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y335" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="4" t="inlineStr">
         <is>
-          <t>Комунальне підприємство Дошкільний навчальний заклад (ясла-садок) "Казкове сонечко" Степовохутірської сільської ради</t>
+          <t>Дошкільний навчальний заклад "Радість" загального типу Сухополов'янської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B336" s="5" t="n">
-        <v>169313</v>
+        <v>169317</v>
       </c>
       <c r="C336" s="6"/>
       <c r="D336" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (ясла-садок) "Казкове сонечко"</t>
+          <t>Сухополов'янський ДНЗ "Радість"</t>
         </is>
       </c>
       <c r="E336" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G336" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H336" s="6" t="inlineStr">
         <is>
-          <t>7423886001</t>
+          <t>7424188801</t>
         </is>
       </c>
       <c r="I336" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J336" s="4" t="inlineStr">
         <is>
-          <t>с. Степові Хутори, Носівський район, Чернігівська область</t>
+          <t>с. Сухополова, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K336" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хрещатик, 13А</t>
+          <t>вулиця Закарпатська, 1</t>
         </is>
       </c>
       <c r="L336" s="6" t="inlineStr">
         <is>
-          <t>UA74040210190065858</t>
+          <t>UA74080170010023549</t>
         </is>
       </c>
       <c r="M336" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Степові Хутори</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Сухополова</t>
         </is>
       </c>
       <c r="N336" s="7"/>
       <c r="O336" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Носівської районної державної адміністрації</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P336" s="4" t="inlineStr">
         <is>
-          <t>(097)1005887</t>
+          <t>(04637)60563</t>
         </is>
       </c>
       <c r="Q336" s="4"/>
-      <c r="R336" s="4"/>
+      <c r="R336" s="4" t="inlineStr">
+        <is>
+          <t>radistdnz@gmail.com</t>
+        </is>
+      </c>
       <c r="S336" s="4"/>
       <c r="T336" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y336" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="4" t="inlineStr">
         <is>
-          <t>Стольненський заклад дошкільної освіти (дитячий садок) "Сонечко" загального типу Менської міської ради</t>
+          <t>Сядринський дошкільний навчальний заклад "Барвінок" Корюківської міської ради Корюківського району Чернігівської області</t>
         </is>
       </c>
       <c r="B337" s="5" t="n">
-        <v>170081</v>
-[...5 lines deleted...]
-      </c>
+        <v>169291</v>
+      </c>
+      <c r="C337" s="6"/>
       <c r="D337" s="4" t="inlineStr">
         <is>
-          <t>Стольненський ЗДО "Сонечко"</t>
+          <t>Сядринський ДНЗ "Барвінок"</t>
         </is>
       </c>
       <c r="E337" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G337" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H337" s="6" t="inlineStr">
         <is>
-          <t>7423088501</t>
+          <t>7422488701</t>
         </is>
       </c>
       <c r="I337" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J337" s="4" t="inlineStr">
         <is>
-          <t>с. Стольне, Менський район, Чернігівська область</t>
+          <t>с. Сядрине, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K337" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 15</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Генерала Білого, 79</t>
+        </is>
+      </c>
+      <c r="L337" s="6"/>
+      <c r="M337" s="4"/>
       <c r="N337" s="7"/>
       <c r="O337" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
+        </is>
+      </c>
+      <c r="P337" s="4"/>
       <c r="Q337" s="4"/>
-      <c r="R337" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R337" s="4"/>
       <c r="S337" s="4"/>
       <c r="T337" s="4" t="inlineStr">
         <is>
-          <t>Директор Луцук Наталія Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y337" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Радість" загального типу Сухополов'янської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Група раннього естетичного розвитку "Малятко" Талалаївського Центру дитячої та юнацької творчості Талалаївської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B338" s="5" t="n">
-        <v>169317</v>
+        <v>174948</v>
       </c>
       <c r="C338" s="6"/>
       <c r="D338" s="4" t="inlineStr">
         <is>
-          <t>Сухополов'янський ДНЗ "Радість"</t>
+          <t>Група раннього естетичного розвитку "Малятко"</t>
         </is>
       </c>
       <c r="E338" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G338" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H338" s="6" t="inlineStr">
         <is>
-          <t>7424188801</t>
+          <t>7425355100</t>
         </is>
       </c>
       <c r="I338" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J338" s="4" t="inlineStr">
         <is>
-          <t>с. Сухополова, Прилуцький район, Чернігівська область</t>
+          <t>смт Талалаївка, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K338" s="4" t="inlineStr">
         <is>
-          <t>вулиця Закарпатська, 1</t>
+          <t>провулок Центральний, 6</t>
         </is>
       </c>
       <c r="L338" s="6" t="inlineStr">
         <is>
-          <t>UA74080170010023549</t>
+          <t>UA74080190010058035</t>
         </is>
       </c>
       <c r="M338" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Сухополова</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Талалаївка</t>
         </is>
       </c>
       <c r="N338" s="7"/>
       <c r="O338" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P338" s="4" t="inlineStr">
         <is>
-          <t>(04637)60563</t>
+          <t>(04634)21237</t>
         </is>
       </c>
       <c r="Q338" s="4"/>
       <c r="R338" s="4" t="inlineStr">
         <is>
-          <t>radistdnz@gmail.com</t>
+          <t>centerdut@gmail.com</t>
         </is>
       </c>
       <c r="S338" s="4"/>
       <c r="T338" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y338" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="4" t="inlineStr">
         <is>
-          <t>Сядринський дошкільний навчальний заклад "Барвінок" Корюківської міської ради Корюківського району Чернігівської області</t>
+          <t>Талалаївський дошкільний навчальний заклад "Лелеченька" Талалаївської сільської ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B339" s="5" t="n">
-        <v>169291</v>
+        <v>169213</v>
       </c>
       <c r="C339" s="6"/>
       <c r="D339" s="4" t="inlineStr">
         <is>
-          <t>Сядринський ДНЗ "Барвінок"</t>
+          <t>Талалаївський ДНЗ "Лелеченька"</t>
         </is>
       </c>
       <c r="E339" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G339" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H339" s="6" t="inlineStr">
         <is>
-          <t>7422488701</t>
+          <t>7423388901</t>
         </is>
       </c>
       <c r="I339" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J339" s="4" t="inlineStr">
         <is>
-          <t>с. Сядрине, Корюківський район, Чернігівська область</t>
+          <t>с. Талалаївка, Ніжинський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K339" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Білого, 79</t>
-[...3 lines deleted...]
-      <c r="M339" s="4"/>
+          <t>вулиця Незалежності, 16</t>
+        </is>
+      </c>
+      <c r="L339" s="6" t="inlineStr">
+        <is>
+          <t>UA74040330010026881</t>
+        </is>
+      </c>
+      <c r="M339" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Ніжинський р-н, с. Талалаївка</t>
+        </is>
+      </c>
       <c r="N339" s="7"/>
       <c r="O339" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Корюківської міської ради</t>
-[...2 lines deleted...]
-      <c r="P339" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P339" s="4" t="inlineStr">
+        <is>
+          <t>65-2-69</t>
+        </is>
+      </c>
       <c r="Q339" s="4"/>
-      <c r="R339" s="4"/>
+      <c r="R339" s="4" t="inlineStr">
+        <is>
+          <t>lele4enkadnz@ukr.net</t>
+        </is>
+      </c>
       <c r="S339" s="4"/>
       <c r="T339" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y339" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="4" t="inlineStr">
         <is>
-          <t>Група раннього естетичного розвитку "Малятко" Талалаївського Центру дитячої та юнацької творчості Талалаївської селищної ради Чернігівської області</t>
+          <t>Талалаїівський дитячий ясла-садок "Сонечко" Талалаївської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B340" s="5" t="n">
-        <v>174948</v>
+        <v>169363</v>
       </c>
       <c r="C340" s="6"/>
       <c r="D340" s="4" t="inlineStr">
         <is>
-          <t>Група раннього естетичного розвитку "Малятко"</t>
+          <t>Талалаївський дитячий ясла-садок "Сонечко" Талалаївської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G340" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H340" s="6" t="inlineStr">
         <is>
           <t>7425355100</t>
         </is>
       </c>
       <c r="I340" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J340" s="4" t="inlineStr">
         <is>
           <t>смт Талалаївка, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K340" s="4" t="inlineStr">
         <is>
-          <t>провулок Центральний, 6</t>
+          <t>вулиця Центральна, 32</t>
         </is>
       </c>
       <c r="L340" s="6" t="inlineStr">
         <is>
           <t>UA74080190010058035</t>
         </is>
       </c>
       <c r="M340" s="4" t="inlineStr">
         <is>
           <t>Чернігівська обл., Прилуцький р-н, с-ще Талалаївка</t>
         </is>
       </c>
       <c r="N340" s="7"/>
       <c r="O340" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P340" s="4" t="inlineStr">
         <is>
-          <t>(04634)21237</t>
+          <t>0463421436</t>
         </is>
       </c>
       <c r="Q340" s="4"/>
-      <c r="R340" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R340" s="4"/>
       <c r="S340" s="4"/>
       <c r="T340" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y340" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="4" t="inlineStr">
         <is>
-          <t>Талалаївський дошкільний навчальний заклад "Лелеченька" Талалаївської сільської ради Ніжинського району Чернігівської області</t>
+          <t>Тимоновицький заклад дошкільної освіти "Ластівка" загального типу Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B341" s="5" t="n">
-        <v>169213</v>
-[...1 lines deleted...]
-      <c r="C341" s="6"/>
+        <v>169341</v>
+      </c>
+      <c r="C341" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D341" s="4" t="inlineStr">
         <is>
-          <t>Талалаївський ДНЗ "Лелеченька"</t>
+          <t>Тимоновицький ЗДО"Ластівка"</t>
         </is>
       </c>
       <c r="E341" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G341" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H341" s="6" t="inlineStr">
         <is>
-          <t>7423388901</t>
+          <t>7424786501</t>
         </is>
       </c>
       <c r="I341" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J341" s="4" t="inlineStr">
         <is>
-          <t>с. Талалаївка, Ніжинський район, Чернігівська область</t>
+          <t>с. Тимоновичі, Семенівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K341" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 16</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L341" s="6" t="inlineStr">
         <is>
-          <t>UA74040330010026881</t>
+          <t>UA74060070560017026</t>
         </is>
       </c>
       <c r="M341" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Талалаївка</t>
+          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Тимоновичі</t>
         </is>
       </c>
       <c r="N341" s="7"/>
       <c r="O341" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="P341" s="4" t="inlineStr">
         <is>
-          <t>65-2-69</t>
+          <t>(04659)24442</t>
         </is>
       </c>
       <c r="Q341" s="4"/>
       <c r="R341" s="4" t="inlineStr">
         <is>
-          <t>lele4enkadnz@ukr.net</t>
+          <t>elena.gergel@ukr.net</t>
         </is>
       </c>
       <c r="S341" s="4"/>
       <c r="T341" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Гергель Олена Миколаївна</t>
         </is>
       </c>
       <c r="U341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y341" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="4" t="inlineStr">
         <is>
-          <t>Талалаїівський дитячий ясла-садок "Сонечко" Талалаївської селищної ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Барвінок" загального розвитку с.Товкачівка Малодівицької селищної ради</t>
         </is>
       </c>
       <c r="B342" s="5" t="n">
-        <v>169363</v>
+        <v>169322</v>
       </c>
       <c r="C342" s="6"/>
       <c r="D342" s="4" t="inlineStr">
         <is>
-          <t>Талалаївський дитячий ясла-садок "Сонечко" Талалаївської селищної ради Чернігівської області</t>
+          <t>ДНЗ "Барвінок"</t>
         </is>
       </c>
       <c r="E342" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G342" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H342" s="6" t="inlineStr">
         <is>
-          <t>7425355100</t>
+          <t>7424189101</t>
         </is>
       </c>
       <c r="I342" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J342" s="4" t="inlineStr">
         <is>
-          <t>смт Талалаївка, Талалаївський район, Чернігівська область</t>
+          <t>с. Товкачівка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K342" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 32</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Миру, 96</t>
+        </is>
+      </c>
+      <c r="L342" s="6"/>
+      <c r="M342" s="4"/>
       <c r="N342" s="7"/>
       <c r="O342" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
+        </is>
+      </c>
+      <c r="P342" s="4"/>
       <c r="Q342" s="4"/>
       <c r="R342" s="4"/>
       <c r="S342" s="4"/>
       <c r="T342" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y342" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="4" t="inlineStr">
         <is>
-          <t>Тимоновицький заклад дошкільної освіти "Ластівка" загального типу Семенівської міської ради Чернігівської області</t>
+          <t>Тростянецький дошкільний навчальний заклад "Світанок" Тростянецької сільської ради Ічнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B343" s="5" t="n">
-        <v>169341</v>
-[...5 lines deleted...]
-      </c>
+        <v>169248</v>
+      </c>
+      <c r="C343" s="6"/>
       <c r="D343" s="4" t="inlineStr">
         <is>
-          <t>Тимоновицький ЗДО"Ластівка"</t>
+          <t>Тростянецький ДНЗ "Світанок"</t>
         </is>
       </c>
       <c r="E343" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G343" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H343" s="6" t="inlineStr">
         <is>
-          <t>7424786501</t>
+          <t>7421788501</t>
         </is>
       </c>
       <c r="I343" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J343" s="4" t="inlineStr">
         <is>
-          <t>с. Тимоновичі, Семенівський район, Чернігівська область</t>
+          <t>с-ще Тростянець, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K343" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
+          <t>вулиця Шкільна, 3А</t>
         </is>
       </c>
       <c r="L343" s="6" t="inlineStr">
         <is>
-          <t>UA74060070560017026</t>
+          <t>UA74080110210090525</t>
         </is>
       </c>
       <c r="M343" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Новгород-Сіверський р-н, с. Тимоновичі</t>
+          <t>Чернігівська обл., Прилуцький р-н, с-ще Тростянець</t>
         </is>
       </c>
       <c r="N343" s="7"/>
       <c r="O343" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Семенівської міської ради Чернігівської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P343" s="4" t="inlineStr">
         <is>
-          <t>(04659)24442</t>
+          <t>(04633)2-46-10</t>
         </is>
       </c>
       <c r="Q343" s="4"/>
-      <c r="R343" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R343" s="4"/>
       <c r="S343" s="4"/>
       <c r="T343" s="4" t="inlineStr">
         <is>
-          <t>Директор Гергель Олена Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y343" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Барвінок" загального розвитку с.Товкачівка Малодівицької селищної ради</t>
+          <t>Тужарський дошкільний навчальний заклад загального розвитку Деснянської селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B344" s="5" t="n">
-        <v>169322</v>
+        <v>169276</v>
       </c>
       <c r="C344" s="6"/>
       <c r="D344" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Барвінок"</t>
+          <t>Тужарський ДНЗ</t>
         </is>
       </c>
       <c r="E344" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G344" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H344" s="6" t="inlineStr">
         <is>
-          <t>7424189101</t>
+          <t>7422083905</t>
         </is>
       </c>
       <c r="I344" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J344" s="4" t="inlineStr">
         <is>
-          <t>с. Товкачівка, Прилуцький район, Чернігівська область</t>
+          <t>с. Тужар, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K344" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 96</t>
+          <t>вулиця Шевченка, 48</t>
         </is>
       </c>
       <c r="L344" s="6"/>
       <c r="M344" s="4"/>
       <c r="N344" s="7"/>
       <c r="O344" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Малодівицької селищної ради</t>
-[...2 lines deleted...]
-      <c r="P344" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P344" s="4" t="inlineStr">
+        <is>
+          <t>(068)3736122</t>
+        </is>
+      </c>
       <c r="Q344" s="4"/>
-      <c r="R344" s="4"/>
+      <c r="R344" s="4" t="inlineStr">
+        <is>
+          <t>yg.gubary@ukr.net</t>
+        </is>
+      </c>
       <c r="S344" s="4"/>
       <c r="T344" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y344" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="4" t="inlineStr">
         <is>
-          <t>Тростянецький дошкільний навчальний заклад "Світанок" Тростянецької сільської ради Ічнянського району Чернігівської області</t>
+          <t>Комунальний заклад дошкільної освіти "Ясла-садок" Тупичівської сільської ради Городнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B345" s="5" t="n">
-        <v>169248</v>
+        <v>169232</v>
       </c>
       <c r="C345" s="6"/>
       <c r="D345" s="4" t="inlineStr">
         <is>
-          <t>Тростянецький ДНЗ "Світанок"</t>
+          <t>КЗДО "Ясла-садок" Тупичівської сільської ради</t>
         </is>
       </c>
       <c r="E345" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G345" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H345" s="6" t="inlineStr">
         <is>
-          <t>7421788501</t>
+          <t>7421488401</t>
         </is>
       </c>
       <c r="I345" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J345" s="4" t="inlineStr">
         <is>
-          <t>с-ще Тростянець, Ічнянський район, Чернігівська область</t>
+          <t>с. Тупичів, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K345" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3А</t>
+          <t>вулиця Чернігівська, 30</t>
         </is>
       </c>
       <c r="L345" s="6" t="inlineStr">
         <is>
-          <t>UA74080110210090525</t>
+          <t>UA74100370010042808</t>
         </is>
       </c>
       <c r="M345" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с-ще Тростянець</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Тупичів</t>
         </is>
       </c>
       <c r="N345" s="7"/>
       <c r="O345" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P345" s="4" t="inlineStr">
         <is>
-          <t>(04633)2-46-10</t>
+          <t>(04645)35284</t>
         </is>
       </c>
       <c r="Q345" s="4"/>
-      <c r="R345" s="4"/>
+      <c r="R345" s="4" t="inlineStr">
+        <is>
+          <t>typuchiv.sad@ukr.net</t>
+        </is>
+      </c>
       <c r="S345" s="4"/>
       <c r="T345" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y345" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="4" t="inlineStr">
         <is>
-          <t>Тужарський дошкільний навчальний заклад загального розвитку Деснянської селищної ради Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Пролісок" загального типу Удайцівської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B346" s="5" t="n">
-        <v>169276</v>
+        <v>169327</v>
       </c>
       <c r="C346" s="6"/>
       <c r="D346" s="4" t="inlineStr">
         <is>
-          <t>Тужарський ДНЗ</t>
+          <t>Удайцівський ДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E346" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G346" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H346" s="6" t="inlineStr">
         <is>
-          <t>7422083905</t>
+          <t>7424189401</t>
         </is>
       </c>
       <c r="I346" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J346" s="4" t="inlineStr">
         <is>
-          <t>с. Тужар, Козелецький район, Чернігівська область</t>
+          <t>с. Удайці, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K346" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 48</t>
-[...3 lines deleted...]
-      <c r="M346" s="4"/>
+          <t>провулок Першотравневий, 6</t>
+        </is>
+      </c>
+      <c r="L346" s="6" t="inlineStr">
+        <is>
+          <t>UA74080070160084390</t>
+        </is>
+      </c>
+      <c r="M346" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Удайці</t>
+        </is>
+      </c>
       <c r="N346" s="7"/>
       <c r="O346" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
         </is>
       </c>
       <c r="P346" s="4" t="inlineStr">
         <is>
-          <t>(068)3736122</t>
+          <t>0995554159</t>
         </is>
       </c>
       <c r="Q346" s="4"/>
       <c r="R346" s="4" t="inlineStr">
         <is>
-          <t>yg.gubary@ukr.net</t>
+          <t>ovb1907@gmail.com</t>
         </is>
       </c>
       <c r="S346" s="4"/>
       <c r="T346" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y346" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти "Ясла-садок" Тупичівської сільської ради Городнянського району Чернігівської області</t>
+          <t>Український дошкільний навчальний заклад "Сонечко" Талалаївського району Чернігівської області</t>
         </is>
       </c>
       <c r="B347" s="5" t="n">
-        <v>169232</v>
+        <v>169368</v>
       </c>
       <c r="C347" s="6"/>
       <c r="D347" s="4" t="inlineStr">
         <is>
-          <t>КЗДО "Ясла-садок" Тупичівської сільської ради</t>
+          <t>Український ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E347" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G347" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H347" s="6" t="inlineStr">
         <is>
-          <t>7421488401</t>
+          <t>7425384501</t>
         </is>
       </c>
       <c r="I347" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J347" s="4" t="inlineStr">
         <is>
-          <t>с. Тупичів, Городнянський район, Чернігівська область</t>
+          <t>с. Українське, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K347" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 30</t>
+          <t>вулиця Незалежності, 3</t>
         </is>
       </c>
       <c r="L347" s="6" t="inlineStr">
         <is>
-          <t>UA74100370010042808</t>
+          <t>UA74080190390074807</t>
         </is>
       </c>
       <c r="M347" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Тупичів</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Українське</t>
         </is>
       </c>
       <c r="N347" s="7"/>
       <c r="O347" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P347" s="4" t="inlineStr">
         <is>
-          <t>(04645)35284</t>
+          <t>(050)6835665</t>
         </is>
       </c>
       <c r="Q347" s="4"/>
       <c r="R347" s="4" t="inlineStr">
         <is>
-          <t>typuchiv.sad@ukr.net</t>
+          <t>ukrshcola@ukr.net</t>
         </is>
       </c>
       <c r="S347" s="4"/>
       <c r="T347" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y347" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Пролісок" загального типу Удайцівської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Феськівський заклад дошкільної освіти (дитячий садок) "Веселка" загального типу Менської міської ради</t>
         </is>
       </c>
       <c r="B348" s="5" t="n">
-        <v>169327</v>
-[...1 lines deleted...]
-      <c r="C348" s="6"/>
+        <v>169301</v>
+      </c>
+      <c r="C348" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
-          <t>Удайцівський ДНЗ "Пролісок"</t>
+          <t>Феськівський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E348" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G348" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H348" s="6" t="inlineStr">
         <is>
-          <t>7424189401</t>
+          <t>7423089501</t>
         </is>
       </c>
       <c r="I348" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J348" s="4" t="inlineStr">
         <is>
-          <t>с. Удайці, Прилуцький район, Чернігівська область</t>
+          <t>с. Феськівка, Менський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K348" s="4" t="inlineStr">
         <is>
-          <t>провулок Першотравневий, 6</t>
+          <t>вулиця Миру, 23</t>
         </is>
       </c>
       <c r="L348" s="6" t="inlineStr">
         <is>
-          <t>UA74080070160084390</t>
+          <t>UA74020030350023972</t>
         </is>
       </c>
       <c r="M348" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Удайці</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Феськівка</t>
         </is>
       </c>
       <c r="N348" s="7"/>
       <c r="O348" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+          <t>Відділ освіти Менської міської ради</t>
         </is>
       </c>
       <c r="P348" s="4" t="inlineStr">
         <is>
-          <t>0995554159</t>
+          <t>(04644)41706</t>
         </is>
       </c>
       <c r="Q348" s="4"/>
       <c r="R348" s="4" t="inlineStr">
         <is>
-          <t>ovb1907@gmail.com</t>
+          <t>feskivkadnzve@gmail.com</t>
         </is>
       </c>
       <c r="S348" s="4"/>
       <c r="T348" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Веремій Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y348" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="4" t="inlineStr">
         <is>
-          <t>Український дошкільний навчальний заклад "Сонечко" Талалаївського району Чернігівської області</t>
+          <t>Халявинський комунальний дошкільний навчальний заклад "Семиквіточка" Халявинської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B349" s="5" t="n">
-        <v>169368</v>
+        <v>169428</v>
       </c>
       <c r="C349" s="6"/>
       <c r="D349" s="4" t="inlineStr">
         <is>
-          <t>Український ДНЗ "Сонечко"</t>
+          <t>Халявинський ДНЗ</t>
         </is>
       </c>
       <c r="E349" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G349" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H349" s="6" t="inlineStr">
         <is>
-          <t>7425384501</t>
+          <t>7425589101</t>
         </is>
       </c>
       <c r="I349" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J349" s="4" t="inlineStr">
         <is>
-          <t>с. Українське, Талалаївський район, Чернігівська область</t>
+          <t>с. Халявин, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K349" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 3</t>
+          <t>вулиця Шкільна, 15-А</t>
         </is>
       </c>
       <c r="L349" s="6" t="inlineStr">
         <is>
-          <t>UA74080190390074807</t>
+          <t>UA74100270190086965</t>
         </is>
       </c>
       <c r="M349" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Українське</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Халявин</t>
         </is>
       </c>
       <c r="N349" s="7"/>
       <c r="O349" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P349" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P349" s="4"/>
       <c r="Q349" s="4"/>
       <c r="R349" s="4" t="inlineStr">
         <is>
-          <t>ukrshcola@ukr.net</t>
+          <t>i676051@ukr.net</t>
         </is>
       </c>
       <c r="S349" s="4"/>
       <c r="T349" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y349" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="4" t="inlineStr">
         <is>
-          <t>Феськівський заклад дошкільної освіти (дитячий садок) "Веселка" загального типу Менської міської ради</t>
+          <t>Харківський дошкільний навчальний заклад "Ранок" Талалаївського району Чернігівської області</t>
         </is>
       </c>
       <c r="B350" s="5" t="n">
-        <v>169301</v>
-[...5 lines deleted...]
-      </c>
+        <v>169364</v>
+      </c>
+      <c r="C350" s="6"/>
       <c r="D350" s="4" t="inlineStr">
         <is>
-          <t>Феськівський ЗДО "Веселка"</t>
+          <t>Харківський дошкільний навчальний заклад Ранок" Талалаївського району Чернігівської області</t>
         </is>
       </c>
       <c r="E350" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G350" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H350" s="6" t="inlineStr">
         <is>
-          <t>7423089501</t>
+          <t>7425382501</t>
         </is>
       </c>
       <c r="I350" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J350" s="4" t="inlineStr">
         <is>
-          <t>с. Феськівка, Менський район, Чернігівська область</t>
+          <t>с. Харкове, Талалаївський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K350" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 23</t>
+          <t>вулиця Молодіжна, 2</t>
         </is>
       </c>
       <c r="L350" s="6" t="inlineStr">
         <is>
-          <t>UA74020030350023972</t>
+          <t>UA74080190400038921</t>
         </is>
       </c>
       <c r="M350" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Феськівка</t>
+          <t>Чернігівська обл., Прилуцький р-н, с. Харкове</t>
         </is>
       </c>
       <c r="N350" s="7"/>
       <c r="O350" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Менської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P350" s="4" t="inlineStr">
         <is>
-          <t>(04644)41706</t>
+          <t>0733260738</t>
         </is>
       </c>
       <c r="Q350" s="4"/>
       <c r="R350" s="4" t="inlineStr">
         <is>
-          <t>feskivkadnzve@gmail.com</t>
+          <t>ranokharkove@ukr.net</t>
         </is>
       </c>
       <c r="S350" s="4"/>
       <c r="T350" s="4" t="inlineStr">
         <is>
-          <t>Директор Веремій Світлана Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y350" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="4" t="inlineStr">
         <is>
-          <t>Халявинський комунальний дошкільний навчальний заклад "Семиквіточка" Халявинської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Холминський селищний комунальний дошкільний навчальний заклад "Колосок" загального типу Холминської селищної ради Корюківського району Чернігівської області</t>
         </is>
       </c>
       <c r="B351" s="5" t="n">
-        <v>169428</v>
+        <v>169290</v>
       </c>
       <c r="C351" s="6"/>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>Халявинський ДНЗ</t>
+          <t>ДНЗ "Колосок"</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G351" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H351" s="6" t="inlineStr">
         <is>
-          <t>7425589101</t>
+          <t>7422455400</t>
         </is>
       </c>
       <c r="I351" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J351" s="4" t="inlineStr">
         <is>
-          <t>с. Халявин, Чернігівський район, Чернігівська область</t>
+          <t>смт Холми, Корюківський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K351" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 15-А</t>
+          <t>вулиця Центральна, 128</t>
         </is>
       </c>
       <c r="L351" s="6" t="inlineStr">
         <is>
-          <t>UA74100270190086965</t>
+          <t>UA74020090010097947</t>
         </is>
       </c>
       <c r="M351" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Халявин</t>
+          <t>Чернігівська обл., Корюківський р-н, с-ще Холми</t>
         </is>
       </c>
       <c r="N351" s="7"/>
       <c r="O351" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P351" s="4"/>
       <c r="Q351" s="4"/>
-      <c r="R351" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R351" s="4"/>
       <c r="S351" s="4"/>
       <c r="T351" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y351" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="4" t="inlineStr">
         <is>
-          <t>Харківський дошкільний навчальний заклад "Ранок" Талалаївського району Чернігівської області</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Хоробицької ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="B352" s="5" t="n">
-        <v>169364</v>
+        <v>169238</v>
       </c>
       <c r="C352" s="6"/>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>Харківський дошкільний навчальний заклад Ранок" Талалаївського району Чернігівської області</t>
+          <t>Одногруповий дошкільний навчальний заклад на базі Хоробицької ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G352" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H352" s="6" t="inlineStr">
         <is>
-          <t>7425382501</t>
+          <t>7421488801</t>
         </is>
       </c>
       <c r="I352" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J352" s="4" t="inlineStr">
         <is>
-          <t>с. Харкове, Талалаївський район, Чернігівська область</t>
+          <t>с. Хоробичі, Городнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K352" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
+          <t>вулиця Амосова, 55-Б</t>
         </is>
       </c>
       <c r="L352" s="6" t="inlineStr">
         <is>
-          <t>UA74080190400038921</t>
+          <t>UA74100050540069041</t>
         </is>
       </c>
       <c r="M352" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Харкове</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Хоробичі</t>
         </is>
       </c>
       <c r="N352" s="7"/>
       <c r="O352" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P352" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P352" s="4"/>
       <c r="Q352" s="4"/>
-      <c r="R352" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R352" s="4"/>
       <c r="S352" s="4"/>
       <c r="T352" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y352" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="4" t="inlineStr">
         <is>
-          <t>Холминський селищний комунальний дошкільний навчальний заклад "Колосок" загального типу Холминської селищної ради Корюківського району Чернігівської області</t>
+          <t>Дошкільний навчальний заклад "Пізнайко" Хорошеозерської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B353" s="5" t="n">
-        <v>169290</v>
+        <v>169457</v>
       </c>
       <c r="C353" s="6"/>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Колосок"</t>
+          <t>ДНЗ "Пізнайко" Хорошеозерської сільської ради</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G353" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H353" s="6" t="inlineStr">
         <is>
-          <t>7422455400</t>
+          <t>7420888801</t>
         </is>
       </c>
       <c r="I353" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J353" s="4" t="inlineStr">
         <is>
-          <t>смт Холми, Корюківський район, Чернігівська область</t>
+          <t>с. Хороше Озеро, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K353" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 128</t>
+          <t>вулиця Незалежності, 11</t>
         </is>
       </c>
       <c r="L353" s="6" t="inlineStr">
         <is>
-          <t>UA74020090010097947</t>
+          <t>UA74040170140097009</t>
         </is>
       </c>
       <c r="M353" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с-ще Холми</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Хороше Озеро</t>
         </is>
       </c>
       <c r="N353" s="7"/>
       <c r="O353" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P353" s="4"/>
+          <t>Сектор освіти Борзнянської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P353" s="4" t="inlineStr">
+        <is>
+          <t>()0976799302</t>
+        </is>
+      </c>
       <c r="Q353" s="4"/>
-      <c r="R353" s="4"/>
+      <c r="R353" s="4" t="inlineStr">
+        <is>
+          <t>hozerosad@ukr.net</t>
+        </is>
+      </c>
       <c r="S353" s="4"/>
       <c r="T353" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y353" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Хоробицької ЗОШ І-ІІІ ст.</t>
+          <t>Хотинівський заклад дошкільної освіти "Ромашка" Мринської сільської ради Ніжинського району Чернігівської області</t>
         </is>
       </c>
       <c r="B354" s="5" t="n">
-        <v>169238</v>
-[...1 lines deleted...]
-      <c r="C354" s="6"/>
+        <v>169314</v>
+      </c>
+      <c r="C354" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>Одногруповий дошкільний навчальний заклад на базі Хоробицької ЗОШ І-ІІІ ст.</t>
+          <t>Хотинівський ЗДО "Ромашка"</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G354" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H354" s="6" t="inlineStr">
         <is>
-          <t>7421488801</t>
+          <t>7423886701</t>
         </is>
       </c>
       <c r="I354" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J354" s="4" t="inlineStr">
         <is>
-          <t>с. Хоробичі, Городнянський район, Чернігівська область</t>
+          <t>с. Хотинівка, Носівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K354" s="4" t="inlineStr">
         <is>
-          <t>вулиця Амосова, 55-Б</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Марка Вовчка, 1</t>
+        </is>
+      </c>
+      <c r="L354" s="6"/>
+      <c r="M354" s="4"/>
       <c r="N354" s="7"/>
       <c r="O354" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P354" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Мринської сільської ради</t>
+        </is>
+      </c>
+      <c r="P354" s="4" t="inlineStr">
+        <is>
+          <t>(097)2518434</t>
+        </is>
+      </c>
       <c r="Q354" s="4"/>
-      <c r="R354" s="4"/>
+      <c r="R354" s="4" t="inlineStr">
+        <is>
+          <t>gavrusenkoklavdia@ukr.net</t>
+        </is>
+      </c>
       <c r="S354" s="4"/>
       <c r="T354" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Гаврусенко Клавдія Василівна</t>
         </is>
       </c>
       <c r="U354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y354" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Пізнайко" Хорошеозерської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Чемерський дошкільний навчальний заклад "Веселка"</t>
         </is>
       </c>
       <c r="B355" s="5" t="n">
-        <v>169457</v>
+        <v>169267</v>
       </c>
       <c r="C355" s="6"/>
       <c r="D355" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Пізнайко" Хорошеозерської сільської ради</t>
+          <t>ДНЗ "Веселка"</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G355" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H355" s="6" t="inlineStr">
         <is>
-          <t>7420888801</t>
+          <t>7422089801</t>
         </is>
       </c>
       <c r="I355" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J355" s="4" t="inlineStr">
         <is>
-          <t>с. Хороше Озеро, Борзнянський район, Чернігівська область</t>
+          <t>с. Чемер, Козелецький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K355" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 11</t>
+          <t>вулиця Промислова, 6</t>
         </is>
       </c>
       <c r="L355" s="6" t="inlineStr">
         <is>
-          <t>UA74040170140097009</t>
+          <t>UA74100170170010338</t>
         </is>
       </c>
       <c r="M355" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Ніжинський р-н, с. Хороше Озеро</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Чемер</t>
         </is>
       </c>
       <c r="N355" s="7"/>
       <c r="O355" s="4" t="inlineStr">
         <is>
-          <t>Сектор освіти Борзнянської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P355" s="4"/>
       <c r="Q355" s="4"/>
-      <c r="R355" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R355" s="4"/>
       <c r="S355" s="4"/>
       <c r="T355" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y355" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="4" t="inlineStr">
         <is>
-          <t>Хотинівський заклад дошкільної освіти "Ромашка" Мринської сільської ради Ніжинського району Чернігівської області</t>
+          <t>КЗ "Черешенська спеціалізована школа-інтернат І-ІІІ ступенів з поглибленим вивченням окремих предметів та курсів" Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B356" s="5" t="n">
-        <v>169314</v>
-[...5 lines deleted...]
-      </c>
+        <v>176131</v>
+      </c>
+      <c r="C356" s="6"/>
       <c r="D356" s="4" t="inlineStr">
         <is>
-          <t>Хотинівський ЗДО "Ромашка"</t>
+          <t>КЗ " Черешенська спеціалізована школа-інтернат І-ІІІ ступенів"</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G356" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H356" s="6" t="inlineStr">
         <is>
-          <t>7423886701</t>
+          <t>7422281503</t>
         </is>
       </c>
       <c r="I356" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J356" s="4" t="inlineStr">
         <is>
-          <t>с. Хотинівка, Носівський район, Чернігівська область</t>
+          <t>с. Черешеньки, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K356" s="4" t="inlineStr">
         <is>
-          <t>вулиця Марка Вовчка, 1</t>
+          <t>вулиця Шкільна, 14</t>
         </is>
       </c>
       <c r="L356" s="6"/>
       <c r="M356" s="4"/>
       <c r="N356" s="7"/>
       <c r="O356" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Мринської сільської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P356" s="4" t="inlineStr">
         <is>
-          <t>(097)2518434</t>
+          <t>((04656))2-53-75</t>
         </is>
       </c>
       <c r="Q356" s="4"/>
       <c r="R356" s="4" t="inlineStr">
         <is>
-          <t>gavrusenkoklavdia@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S356" s="4"/>
+          <t>chereshenki-zos@ukr.net</t>
+        </is>
+      </c>
+      <c r="S356" s="4" t="inlineStr">
+        <is>
+          <t>chereshenky.ucoz.org</t>
+        </is>
+      </c>
       <c r="T356" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаврусенко Клавдія Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U356" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y356" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="4" t="inlineStr">
         <is>
-          <t>Чемерський дошкільний навчальний заклад "Веселка"</t>
+          <t>Чорнотицький заклад дошкільної освіти (дитячий садок) "Веселик" загального типу Сосницької селищної ради Чернігівської області</t>
         </is>
       </c>
       <c r="B357" s="5" t="n">
-        <v>169267</v>
-[...1 lines deleted...]
-      <c r="C357" s="6"/>
+        <v>176179</v>
+      </c>
+      <c r="C357" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Веселка"</t>
+          <t>Чорнотицький ЗДО "Веселик"</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G357" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H357" s="6" t="inlineStr">
         <is>
-          <t>7422089801</t>
+          <t>7424988001</t>
         </is>
       </c>
       <c r="I357" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J357" s="4" t="inlineStr">
         <is>
-          <t>с. Чемер, Козелецький район, Чернігівська область</t>
+          <t>с. Чорнотичі, Сосницький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K357" s="4" t="inlineStr">
         <is>
-          <t>вулиця Промислова, 6</t>
+          <t>вулиця Бурівка, 2</t>
         </is>
       </c>
       <c r="L357" s="6" t="inlineStr">
         <is>
-          <t>UA74100170170010338</t>
+          <t>UA74020070390094702</t>
         </is>
       </c>
       <c r="M357" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Чернігівський р-н, с. Чемер</t>
+          <t>Чернігівська обл., Корюківський р-н, с. Чорнотичі</t>
         </is>
       </c>
       <c r="N357" s="7"/>
       <c r="O357" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P357" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+        </is>
+      </c>
+      <c r="P357" s="4" t="inlineStr">
+        <is>
+          <t>(098)4289172</t>
+        </is>
+      </c>
       <c r="Q357" s="4"/>
-      <c r="R357" s="4"/>
+      <c r="R357" s="4" t="inlineStr">
+        <is>
+          <t>kardashnatali1970@gmail.com</t>
+        </is>
+      </c>
       <c r="S357" s="4"/>
       <c r="T357" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Кардаш Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y357" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Черешенська спеціалізована школа-інтернат І-ІІІ ступенів з поглибленим вивченням окремих предметів та курсів" Чернігівської обласної ради</t>
+          <t>Шабалинівський дошкільний навчальний заклад (дитячий садок) Коропської селищної ради Коропського району Чернігівської області</t>
         </is>
       </c>
       <c r="B358" s="5" t="n">
-        <v>176131</v>
+        <v>169952</v>
       </c>
       <c r="C358" s="6"/>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>КЗ " Черешенська спеціалізована школа-інтернат І-ІІІ ступенів"</t>
+          <t>Шабалинівський ДНЗ</t>
         </is>
       </c>
       <c r="E358" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G358" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H358" s="6" t="inlineStr">
         <is>
-          <t>7422281503</t>
+          <t>7422289501</t>
         </is>
       </c>
       <c r="I358" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J358" s="4" t="inlineStr">
         <is>
-          <t>с. Черешеньки, Коропський район, Чернігівська область</t>
+          <t>с. Шабалинів, Коропський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K358" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 14</t>
+          <t>вулиця Центральна, 86</t>
         </is>
       </c>
       <c r="L358" s="6"/>
       <c r="M358" s="4"/>
       <c r="N358" s="7"/>
       <c r="O358" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Коропської селищної ради</t>
         </is>
       </c>
       <c r="P358" s="4" t="inlineStr">
         <is>
-          <t>((04656))2-53-75</t>
+          <t>(04656)23175</t>
         </is>
       </c>
       <c r="Q358" s="4"/>
       <c r="R358" s="4" t="inlineStr">
         <is>
-          <t>chereshenki-zos@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>shabalynivdnz@gmail.com</t>
+        </is>
+      </c>
+      <c r="S358" s="4"/>
       <c r="T358" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U358" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y358" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="4" t="inlineStr">
         <is>
-          <t>Чорнотицький заклад дошкільної освіти (дитячий садок) "Веселик" загального типу Сосницької селищної ради Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Сонечко" Шаповалівської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B359" s="5" t="n">
-        <v>176179</v>
-[...5 lines deleted...]
-      </c>
+        <v>169458</v>
+      </c>
+      <c r="C359" s="6"/>
       <c r="D359" s="4" t="inlineStr">
         <is>
-          <t>Чорнотицький ЗДО "Веселик"</t>
+          <t>ЗДО "Сонечко" Шаповалівської сільської ради</t>
         </is>
       </c>
       <c r="E359" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G359" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H359" s="6" t="inlineStr">
         <is>
-          <t>7424988001</t>
+          <t>7420889201</t>
         </is>
       </c>
       <c r="I359" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J359" s="4" t="inlineStr">
         <is>
-          <t>с. Чорнотичі, Сосницький район, Чернігівська область</t>
+          <t>с. Шаповалівка, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K359" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бурівка, 2</t>
+          <t>вулиця Свято-Миколаївська, 9</t>
         </is>
       </c>
       <c r="L359" s="6" t="inlineStr">
         <is>
-          <t>UA74020070390094702</t>
+          <t>UA74040070200033104</t>
         </is>
       </c>
       <c r="M359" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Корюківський р-н, с. Чорнотичі</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Шаповалівка</t>
         </is>
       </c>
       <c r="N359" s="7"/>
       <c r="O359" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Сосницької селищної ради</t>
+          <t>Сектор освіти Борзнянської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P359" s="4" t="inlineStr">
         <is>
-          <t>(098)4289172</t>
+          <t>(096)6514871</t>
         </is>
       </c>
       <c r="Q359" s="4"/>
       <c r="R359" s="4" t="inlineStr">
         <is>
-          <t>kardashnatali1970@gmail.com</t>
+          <t>dnzsonechko_shsr@ukr.net</t>
         </is>
       </c>
       <c r="S359" s="4"/>
       <c r="T359" s="4" t="inlineStr">
         <is>
-          <t>Директор Кардаш Наталія Олексіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y359" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="4" t="inlineStr">
         <is>
-          <t>Шабалинівський дошкільний навчальний заклад (дитячий садок) Коропської селищної ради Коропського району Чернігівської області</t>
+          <t>Шибиринівський комунальний заклад дошкільної освіти "Перлинка" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B360" s="5" t="n">
-        <v>169952</v>
+        <v>176334</v>
       </c>
       <c r="C360" s="6"/>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>Шабалинівський ДНЗ</t>
+          <t>ЗДО "Перлинка"</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G360" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H360" s="6" t="inlineStr">
         <is>
-          <t>7422289501</t>
+          <t>7425589901</t>
         </is>
       </c>
       <c r="I360" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J360" s="4" t="inlineStr">
         <is>
-          <t>с. Шабалинів, Коропський район, Чернігівська область</t>
+          <t>с. Шибиринівка, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K360" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 86</t>
+          <t>вулиця Садова, 6/3</t>
         </is>
       </c>
       <c r="L360" s="6"/>
       <c r="M360" s="4"/>
       <c r="N360" s="7"/>
       <c r="O360" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Коропської селищної ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P360" s="4"/>
       <c r="Q360" s="4"/>
-      <c r="R360" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R360" s="4"/>
       <c r="S360" s="4"/>
       <c r="T360" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y360" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Сонечко" Шаповалівської сільської ради Борзнянського району Чернігівської області</t>
+          <t>Южненський дошкільний навчальний заклад "Сонечко" Парафіївської селищної ради</t>
         </is>
       </c>
       <c r="B361" s="5" t="n">
-        <v>169458</v>
+        <v>169251</v>
       </c>
       <c r="C361" s="6"/>
       <c r="D361" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко" Шаповалівської сільської ради</t>
+          <t>Южненський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E361" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G361" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H361" s="6" t="inlineStr">
         <is>
-          <t>7420889201</t>
+          <t>7421789201</t>
         </is>
       </c>
       <c r="I361" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J361" s="4" t="inlineStr">
         <is>
-          <t>с. Шаповалівка, Борзнянський район, Чернігівська область</t>
+          <t>с. Южне, Ічнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K361" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Миколаївська, 9</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 39</t>
+        </is>
+      </c>
+      <c r="L361" s="6"/>
+      <c r="M361" s="4"/>
       <c r="N361" s="7"/>
       <c r="O361" s="4" t="inlineStr">
         <is>
-          <t>Сектор освіти Борзнянської районної державної адміністрації</t>
+          <t>Парафіївська селищна рада</t>
         </is>
       </c>
       <c r="P361" s="4" t="inlineStr">
         <is>
-          <t>(096)6514871</t>
+          <t>0966879436</t>
         </is>
       </c>
       <c r="Q361" s="4"/>
       <c r="R361" s="4" t="inlineStr">
         <is>
-          <t>dnzsonechko_shsr@ukr.net</t>
+          <t>yuzhne_dnz@ukr.net</t>
         </is>
       </c>
       <c r="S361" s="4"/>
       <c r="T361" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y361" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="4" t="inlineStr">
         <is>
-          <t>Шибиринівський комунальний заклад дошкільної освіти "Перлинка" Михайло-Коцюбинської селищної ради Чернігівського району Чернігівської області</t>
+          <t>Заклад дошкільної освіти "Веселка"Яблунівської сільської ради Прилуцького району Чернігівської області</t>
         </is>
       </c>
       <c r="B362" s="5" t="n">
-        <v>176334</v>
+        <v>169321</v>
       </c>
       <c r="C362" s="6"/>
       <c r="D362" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Перлинка"</t>
+          <t>Яблунівський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E362" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G362" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H362" s="6" t="inlineStr">
         <is>
-          <t>7425589901</t>
+          <t>7424189701</t>
         </is>
       </c>
       <c r="I362" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J362" s="4" t="inlineStr">
         <is>
-          <t>с. Шибиринівка, Чернігівський район, Чернігівська область</t>
+          <t>с. Яблунівка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K362" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 6/3</t>
-[...3 lines deleted...]
-      <c r="M362" s="4"/>
+          <t>вулиця Незалежності, 14</t>
+        </is>
+      </c>
+      <c r="L362" s="6" t="inlineStr">
+        <is>
+          <t>UA74080210010068290</t>
+        </is>
+      </c>
+      <c r="M362" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Яблунівка</t>
+        </is>
+      </c>
       <c r="N362" s="7"/>
       <c r="O362" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P362" s="4"/>
+          <t>Відділ освіти Прилуцької райдержадміністрації</t>
+        </is>
+      </c>
+      <c r="P362" s="4" t="inlineStr">
+        <is>
+          <t>((04637))65333, (096)7921205</t>
+        </is>
+      </c>
       <c r="Q362" s="4"/>
-      <c r="R362" s="4"/>
+      <c r="R362" s="4" t="inlineStr">
+        <is>
+          <t>yablunivka.sadok@gmail.com</t>
+        </is>
+      </c>
       <c r="S362" s="4"/>
       <c r="T362" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y362" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="4" t="inlineStr">
         <is>
-          <t>Южненський дошкільний навчальний заклад "Сонечко" Парафіївської селищної ради</t>
+          <t>КЗ"Яблунівська спеціалізована школа - інтернат І - ІІІ ступенів з поглибленим вивченням окремих предметів та курсів" Чернігівської обласної ради</t>
         </is>
       </c>
       <c r="B363" s="5" t="n">
-        <v>169251</v>
+        <v>176132</v>
       </c>
       <c r="C363" s="6"/>
       <c r="D363" s="4" t="inlineStr">
         <is>
-          <t>Южненський ДНЗ "Сонечко"</t>
+          <t>КЗ"Яблунівська спеціалізована школа - інтернат І - ІІІ ступенів з поглибленим вивченням предметів"</t>
         </is>
       </c>
       <c r="E363" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G363" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H363" s="6" t="inlineStr">
         <is>
-          <t>7421789201</t>
+          <t>7424189701</t>
         </is>
       </c>
       <c r="I363" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J363" s="4" t="inlineStr">
         <is>
-          <t>с. Южне, Ічнянський район, Чернігівська область</t>
+          <t>с. Яблунівка, Прилуцький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K363" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 39</t>
-[...3 lines deleted...]
-      <c r="M363" s="4"/>
+          <t>вулиця Яблунева, 17</t>
+        </is>
+      </c>
+      <c r="L363" s="6" t="inlineStr">
+        <is>
+          <t>UA74080210010068290</t>
+        </is>
+      </c>
+      <c r="M363" s="4" t="inlineStr">
+        <is>
+          <t>Чернігівська обл., Прилуцький р-н, с. Яблунівка</t>
+        </is>
+      </c>
       <c r="N363" s="7"/>
       <c r="O363" s="4" t="inlineStr">
         <is>
-          <t>Парафіївська селищна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P363" s="4" t="inlineStr">
         <is>
-          <t>0966879436</t>
+          <t>(04637)65238</t>
         </is>
       </c>
       <c r="Q363" s="4"/>
       <c r="R363" s="4" t="inlineStr">
         <is>
-          <t>yuzhne_dnz@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S363" s="4"/>
+          <t>yablunovka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S363" s="4" t="inlineStr">
+        <is>
+          <t>http://yablunivka-internat.com.ua</t>
+        </is>
+      </c>
       <c r="T363" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U363" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y363" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Веселка"Яблунівської сільської ради Прилуцького району Чернігівської області</t>
+          <t>Ягіднянський дошкільний навчальний заклад Іванівської сільської ради Чернігівського району Чернігівської області</t>
         </is>
       </c>
       <c r="B364" s="5" t="n">
-        <v>169321</v>
+        <v>169434</v>
       </c>
       <c r="C364" s="6"/>
       <c r="D364" s="4" t="inlineStr">
         <is>
-          <t>Яблунівський ЗДО "Веселка"</t>
+          <t>Ягіднянський ДНЗ</t>
         </is>
       </c>
       <c r="E364" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G364" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H364" s="6" t="inlineStr">
         <is>
-          <t>7424189701</t>
+          <t>7425582803</t>
         </is>
       </c>
       <c r="I364" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J364" s="4" t="inlineStr">
         <is>
-          <t>с. Яблунівка, Прилуцький район, Чернігівська область</t>
+          <t>с. Ягідне, Чернігівський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K364" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 14</t>
+          <t>вулиця Лісова, 1а</t>
         </is>
       </c>
       <c r="L364" s="6" t="inlineStr">
         <is>
-          <t>UA74080210010068290</t>
+          <t>UA74100110170054293</t>
         </is>
       </c>
       <c r="M364" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Яблунівка</t>
+          <t>Чернігівська обл., Чернігівський р-н, с. Ягідне</t>
         </is>
       </c>
       <c r="N364" s="7"/>
       <c r="O364" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Прилуцької райдержадміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P364" s="4"/>
       <c r="Q364" s="4"/>
-      <c r="R364" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S364" s="4"/>
+      <c r="R364" s="4"/>
+      <c r="S364" s="4" t="inlineStr">
+        <is>
+          <t>Sadyagidne@ukr.net</t>
+        </is>
+      </c>
       <c r="T364" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y364" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Яблунівська спеціалізована школа - інтернат І - ІІІ ступенів з поглибленим вивченням окремих предметів та курсів" Чернігівської обласної ради</t>
+          <t>Дошкільний навчальний заклад "Малятко" Ядутинської сільської ради Борзнянського району Чернігівської області</t>
         </is>
       </c>
       <c r="B365" s="5" t="n">
-        <v>176132</v>
+        <v>169459</v>
       </c>
       <c r="C365" s="6"/>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>КЗ"Яблунівська спеціалізована школа - інтернат І - ІІІ ступенів з поглибленим вивченням предметів"</t>
+          <t>ДНЗ "Малятко" Ядутинської сільської ради</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G365" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H365" s="6" t="inlineStr">
         <is>
-          <t>7424189701</t>
+          <t>7420889601</t>
         </is>
       </c>
       <c r="I365" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J365" s="4" t="inlineStr">
         <is>
-          <t>с. Яблунівка, Прилуцький район, Чернігівська область</t>
+          <t>с. Ядути, Борзнянський район, Чернігівська область</t>
         </is>
       </c>
       <c r="K365" s="4" t="inlineStr">
         <is>
-          <t>вулиця Яблунева, 17</t>
+          <t>вулиця Сіверська, 70</t>
         </is>
       </c>
       <c r="L365" s="6" t="inlineStr">
         <is>
-          <t>UA74080210010068290</t>
+          <t>UA74040070220057860</t>
         </is>
       </c>
       <c r="M365" s="4" t="inlineStr">
         <is>
-          <t>Чернігівська обл., Прилуцький р-н, с. Яблунівка</t>
+          <t>Чернігівська обл., Ніжинський р-н, с. Ядути</t>
         </is>
       </c>
       <c r="N365" s="7"/>
       <c r="O365" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Сектор освіти Борзнянської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P365" s="4" t="inlineStr">
         <is>
-          <t>(04637)65238</t>
+          <t>(097)0593684</t>
         </is>
       </c>
       <c r="Q365" s="4"/>
       <c r="R365" s="4" t="inlineStr">
         <is>
-          <t>yablunovka@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>yaduti.sad@ukr.net</t>
+        </is>
+      </c>
+      <c r="S365" s="4"/>
       <c r="T365" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U365" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y365" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="4" t="inlineStr">
         <is>
-          <t>Ягіднянський дошкільний навчальний заклад Іванівської сільської ради Чернігівського району Чернігівської області</t>
+          <t>Ярославський заклад дошкільної освіти "Колосок" Бобровицької міської ради Чернігівської області</t>
         </is>
       </c>
       <c r="B366" s="5" t="n">
-        <v>169434</v>
-[...1 lines deleted...]
-      <c r="C366" s="6"/>
+        <v>173233</v>
+      </c>
+      <c r="C366" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D366" s="4" t="inlineStr">
         <is>
-          <t>Ягіднянський ДНЗ</t>
+          <t>Ярославський ЗДО "Колосок"</t>
         </is>
       </c>
       <c r="E366" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G366" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H366" s="6" t="inlineStr">
         <is>
-          <t>7425582803</t>
+          <t>7420688401</t>
         </is>
       </c>
       <c r="I366" s="4" t="inlineStr">
         <is>
           <t>Чернігівська область</t>
         </is>
       </c>
       <c r="J366" s="4" t="inlineStr">
         <is>
-          <t>с. Ягідне, Чернігівський район, Чернігівська область</t>
+          <t>с. Ярославка, Бобровицький район, Чернігівська область</t>
         </is>
       </c>
       <c r="K366" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 1а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 39</t>
+        </is>
+      </c>
+      <c r="L366" s="6"/>
+      <c r="M366" s="4"/>
       <c r="N366" s="7"/>
       <c r="O366" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P366" s="4"/>
+          <t>Відділ освіти Бобровицької міської ради Чернігівської області</t>
+        </is>
+      </c>
+      <c r="P366" s="4" t="inlineStr">
+        <is>
+          <t>(097)8891675</t>
+        </is>
+      </c>
       <c r="Q366" s="4"/>
-      <c r="R366" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R366" s="4" t="inlineStr">
+        <is>
+          <t>hommrada@ukr.net</t>
+        </is>
+      </c>
+      <c r="S366" s="4"/>
       <c r="T366" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Рябченко Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y366" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
-[...204 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y368"/>
+  <autoFilter ref="A1:Y366"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>