--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Дністровський р-н, с. Ширівці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Орган місцевого самоврядування відділ освіти, культури, молоді та спорту Недобоївської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0373)139268, (099)5541662</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shirivtsi-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://shir-shkola.ucoz.ua</t>
+          <t>shirivtsischool.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Томін Володимир Григорович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>