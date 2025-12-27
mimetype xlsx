--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -397,51 +397,55 @@
           <t>UA73040110050029593</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Дністровський р-н, с. Керстенці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Орган місцевого самоврядування відділ освіти, культури, молоді та спорту Недобоївської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03731)28122, (066)3379045</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kerstentci2018@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>kerstentcischool.vn.ua</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Динту Валентина Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>