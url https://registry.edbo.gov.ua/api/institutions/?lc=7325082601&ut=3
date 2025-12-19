--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Дністровський р-н, с. Зарожани</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Орган місцевого самоврядування відділ освіти, культури, молоді та спорту Недобоївської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0373)136380, (0373)136161, (050)6378281</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zarojany@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://zarozhanskyi-nvk.cv.sch.in.ua</t>
+          <t>zarojanyschool.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Главацький Валентин Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>