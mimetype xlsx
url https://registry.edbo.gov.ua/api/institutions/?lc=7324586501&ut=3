--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді, спорту, культури і туризму Кам'янської сільської ради Чернівецького району Чернівецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03735)35210</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>mihalcha@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>mihalcha.net</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Васкул Ярослав Петрович</t>
+          <t>Директор Коржан Віктор Петрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>