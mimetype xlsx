--- v0 (2025-12-07)
+++ v1 (2026-02-10)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти Лашківський ліцей Кіцманської міської ради</t>
+          <t>Опорний заклад освіти Лашківський ліцей Кіцманської міської ради Чернівецького району Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139860</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ОЗО Лашківський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7322585001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Лашківка, Кіцманський район, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Головна, 21,а</t>
+          <t>вулиця Головна, 21-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA73060290080031355</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Чернівецький р-н, с. Лашківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Кіцманська міська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03736)32293</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">