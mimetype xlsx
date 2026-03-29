--- v0 (2025-12-29)
+++ v1 (2026-03-29)
@@ -3904,51 +3904,51 @@
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Чернівецький р-н, с. Суховерхів</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Кіцманська міська рада</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
           <t>(03736)21231</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
           <t>suxoverxiv@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Кожухар Олена Миколаївна</t>
+          <t>В.о. директора Бужак Ярослава Омелянівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">