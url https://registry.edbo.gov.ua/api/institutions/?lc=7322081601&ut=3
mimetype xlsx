--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Бурдюзький навчально-виховний комплекс "загальноосвітній навчальний заклад - дошкільний навчальний заклад" Кельменецької селищної ради Дністровського району Чернівецької області</t>
+          <t>Бурдюзька початкова школа-філія Кельменецького ліцею-опорного закладу tКельменецької селищної ради Дністровського району Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143974</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Бурдюзький НВК</t>
+          <t>Бурдюзька початкова школа-філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7322081601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бурдюг, Кельменецький район, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Буковинська, 3</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Дністровський р-н, с. Бурдюг</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Кельменецька селищна рада Дністровського району Чернівецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03732)2-81-10</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ecole_Bourdug@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Бордюжан Олександр Васильович</t>
+          <t>Директор Рибчинський Віталій Михайлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>