--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Дністровський р-н, с. Бабин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Кельменецька селищна рада Дністровського району Чернівецької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03732)3-58-41</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shkolababih@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Горбатюк Вікторія Юріївна</t>
+          <t>Директор Гарюк Тетяна Георгіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">