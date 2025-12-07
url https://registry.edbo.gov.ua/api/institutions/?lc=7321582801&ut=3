--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Вербовецька філія І ступеня комунального закладу загальної середньої освіти "Заставнівський ліцей" Заставнівської міської ради Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146198</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Вербовецька філія І ступеня</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7321582801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вербівці, Заставнівський район, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Є. Ліпецького, 83</t>