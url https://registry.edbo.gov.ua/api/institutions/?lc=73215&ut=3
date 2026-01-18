--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Бабинська філія І ступеня Киселівського ОЗЗСО І-ІІІ ступенів Веренчанської сільської ради Чернівецького району Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>141008</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Бабинська філія І ст. Киселівського ОЗЗСО І-ІІІ ст. Веренчанської сільської ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7321580401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бабин, Заставнівський район, Чернівецька область</t>
@@ -895,51 +895,51 @@
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Вербовецька філія І ступеня комунального закладу загальної середньої освіти "Заставнівський ліцей" Заставнівської міської ради Чернівецької області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>146198</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Вербовецька філія І ступеня</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7321582801</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Вербівці, Заставнівський район, Чернівецька область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Є. Ліпецького, 83</t>