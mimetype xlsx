--- v0 (2025-11-25)
+++ v1 (2026-03-13)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Опришенська загальноосвітня школа І-ІІІ ступенів Глибоцької селищної ради</t>
+          <t>Опришенський ліцей Глибоцької селищної ради Чернівецького району Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>145326</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Опришенська ЗОШ І-ІІІ ступенів</t>
+          <t>Опришенський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7321081801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Опришени, Глибоцький район, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Міхая Емінеску, 1</t>
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA73060150050051060</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Чернівецький р-н, с. Опришени</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Глибоцької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03734)47008</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>22849813@mail.gov.ua</t>
+          <t>opryshenschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://oprisenischool.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Боднарюк Микола Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>