--- v0 (2025-10-16)
+++ v1 (2026-03-28)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Глибоцька гімназія Глибоцької селищної ради Чернівецької області</t>
+          <t>Глибоцький ліцей Глибоцької селищної ради Чернівецького району Чернівецької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>143698</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Глибоцька гімназія</t>
+          <t>Глибоцький ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7321055100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Глибока, Глибоцький район, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Героїв Небесної Сотні, 71</t>