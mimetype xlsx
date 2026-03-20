--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -1073,56 +1073,56 @@
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., Чернівецький р-н, с. Годинівка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Острицька сільська рада</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(03740)26333</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>godinivkanvk@i.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://godinivkanvk.ucoz.net</t>
+          <t>https://godynivka.licey.org.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Ботлунг Лілія Іванівна</t>
+          <t>Директор Ботлунг Андрій Віорелович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">