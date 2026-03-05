--- v0 (2025-10-25)
+++ v1 (2026-03-05)
@@ -739,51 +739,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03741)34681, (03741)34272, (096)5802957</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>liceybuk@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://liceybuk.at.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ткач Юрій Семенович</t>
+          <t>Керівник Ткач Юрій Семенович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>