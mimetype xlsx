--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$60</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y59"/>
+  <dimension ref="A1:Y60"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -319,265 +319,265 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>комунальна обласна спеціалізована школа-інтернат ІІ-ІІІ ступенів з поглибленим вивченням окремих предметів "Багатопрофільний ліцей для обдарованих дітей"</t>
+          <t>Комунальний заклад «Чернівецька спеціальна школа № 3»</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>135693</v>
+        <v>145677</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Багатопрофільний ліцей</t>
+          <t>Чернівецька СШ № 3</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Винниченка, 119</t>
+          <t>вулиця Ірини Вільде, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0372)522142</t>
+          <t>(0372)532132</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>oblinter119@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S2" s="4"/>
+          <t>chernivtsi_spec3@ukr.net</t>
+        </is>
+      </c>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>http://spec3.te.ua</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Семанюк Марина Костянтинівна</t>
+          <t>Директор Добржанська Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад «Чернівецька спеціальна школа № 3»</t>
+          <t>Комунальний заклад "Буковинський ліцей успішної молоді"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>145677</v>
+        <v>135693</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька СШ № 3</t>
+          <t>БЛУМ</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей-інтернат</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ірини Вільде, 6</t>
+          <t>вулиця Винниченка, 119</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(0372)532132</t>
+          <t>(0372)522142</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>chernivtsi_spec3@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>oblinter119@ukr.net</t>
+        </is>
+      </c>
+      <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Добржанська Ольга Михайлівна</t>
+          <t>Директор Семанюк Марина Костянтинівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Чернівецька спеціальна школа №4"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>146569</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Чернівецька спец. школа-інтернат №4</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
@@ -989,5841 +989,5950 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Чернівецька початкова школа "Моя Іриска"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЧЕРНІВЕЦЬКА ГІМНАЗІЯ "ТОТОША-ЧЕРНІВЦІ"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>176753</v>
+        <v>176965</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "Моя Іриска"</t>
+          <t>ПЗ ЗСО "ЧЕРНІВЕЦЬКА ГІМНАЗІЯ "ТОТОША-ЧЕРНІВЦІ"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Руська, 219-Е, корпус 1, приміщення 75 (</t>
+          <t>вулиця Кошового Олега, 83</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(050)3535110</t>
+          <t>(099)2771474</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
-      <c r="R8" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S8" s="4"/>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>https://school.totosha.cv.ua/</t>
+        </is>
+      </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Істинюк Ірина Дмитрівна</t>
+          <t>Директор Левицька Яна Сергіївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Приватний заклад "Приватна спеціалізована гімназія "Смарті"</t>
+          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Чернівецька початкова школа "Моя Іриска"</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>176754</v>
+        <v>176753</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Приватна спеціалізована гімназія "Смарті"</t>
+          <t>ПЗЗСО "Моя Іриска"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ентузіастів, 2А, приміщення 3-25</t>
+          <t>вулиця Руська, 219-Е, корпус 1, приміщення 75 (</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(095)8984948</t>
+          <t>(050)3535110</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>smartyschool.cv@gmail.com</t>
+          <t>irinaistinyk@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Савчук Інна Іллівна</t>
+          <t>Директор Істинюк Ірина Дмитрівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Гімназія Глорія"</t>
+          <t>Приватна організація (установа, заклад) "Приватний заклад "Приватна спеціалізована гімназія "Смарті"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>176646</v>
+        <v>176754</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Гімназія Глорія"</t>
+          <t>ПЗ "Приватна спеціалізована гімназія "Смарті"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ковельська, 25</t>
+          <t>вулиця Ентузіастів, 2А, приміщення 3-25</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(099)7269308</t>
+          <t>(095)8984948</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>gloria2020.cv@gmail.com</t>
+          <t>smartyschool.cv@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Смірнова Анастасія Юріївна</t>
+          <t>Директор Савчук Інна Іллівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад гімназія "Надія"</t>
+          <t>Приватний заклад "Гімназія Глорія"</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>134513</v>
+        <v>176646</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>ПЗ гімназія "Надія"</t>
+          <t>Приватний заклад "Гімназія Глорія"</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 3-В</t>
+          <t>вулиця Ковельська, 25</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0372)525890</t>
+          <t>(099)7269308</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>nadiya.chernivtsi@gmail.com</t>
+          <t>gloria2020.cv@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Вагаєва Ірина Юріївна</t>
+          <t>Директор Смірнова Анастасія Юріївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АСТОР"</t>
+          <t>Приватний заклад гімназія "Надія"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>176758</v>
+        <v>134513</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АСТОР"</t>
+          <t>ПЗ гімназія "Надія"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старокостянтинівська, 15</t>
+          <t>вулиця Січових Стрільців, 3-В</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(067)5113344</t>
+          <t>(0372)525890</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>chernivtsi@astor.school</t>
-[...6 lines deleted...]
-      </c>
+          <t>nadiya.chernivtsi@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарбуз Наталія Анатоліївна</t>
+          <t>Директор Вагаєва Ірина Юріївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ ІНОЗЕМНИХ МОВ, КОМП'ЮТЕРНИХ НАУК ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АСТОР"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>176530</v>
+        <v>176758</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>ПЗО ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ ІНОЗЕМНИХ МОВ, КОМП'ЮТЕРНИХ НАУК ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ</t>
+          <t>ПЗО "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АСТОР"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Черемшини Марка, 10-А</t>
+          <t>вулиця Старокостянтинівська, 15</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0372)515364</t>
+          <t>(067)5113344</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>chernivtsilyceum@gmail.com</t>
+          <t>chernivtsi@astor.school</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum.cpbi.info</t>
+          <t>http://astor.school/schools/shkoly-v-ukrayini/astor-school-chernivezi/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Собят Георгій Григорович</t>
+          <t>Директор Гарбуз Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "СОЛОМОН"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ ІНОЗЕМНИХ МОВ, КОМП'ЮТЕРНИХ НАУК ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>147127</v>
+        <v>176530</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Чернівецький ліцей "Соломон"</t>
+          <t>ПЗО ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ ІНОЗЕМНИХ МОВ, КОМП'ЮТЕРНИХ НАУК ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Коростишівська, 8а</t>
+          <t>вулиця Черемшини Марка, 10-А</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0372)549-764</t>
+          <t>(0372)515364</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>nvksolomon@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S14" s="4"/>
+          <t>chernivtsilyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S14" s="4" t="inlineStr">
+        <is>
+          <t>http://lyceum.cpbi.info</t>
+        </is>
+      </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Гайсан Алла Омелянівна</t>
+          <t>Директор Собят Георгій Григорович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "МАГІСТРА"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "СОЛОМОН"</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>176861</v>
+        <v>147127</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЧПЛ "МАГІСТРА"</t>
+          <t>ПЗ "Чернівецький ліцей "Соломон"</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Севастопольська, 6</t>
+          <t>вулиця Коростишівська, 8а</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(095)5553545</t>
+          <t>(0372)549-764</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>magistraschoolch@gmail.com</t>
+          <t>nvksolomon@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Гоголь-Худяковська Альбіна Вікторівна</t>
+          <t>Директор Гайсан Алла Омелянівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮНІК"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "МАГІСТРА"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>176567</v>
+        <v>176861</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮНІК"</t>
+          <t>ТОВ "ЧПЛ "МАГІСТРА"</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Воробкевича Сидора, 33</t>
+          <t>вулиця Севастопольська, 6</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(095)2713819</t>
+          <t>(095)5553545</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
-      <c r="R16" s="4"/>
+      <c r="R16" s="4" t="inlineStr">
+        <is>
+          <t>magistraschoolch@gmail.com</t>
+        </is>
+      </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Клюс Анна Вікторівна</t>
+          <t>Директор Гоголь-Худяковська Альбіна Вікторівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 1 "Вектор" Чернівецької міської ради</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮНІК"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>146571</v>
+        <v>176567</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 1 "Вектор"</t>
+          <t>ТОВ "ЧЕРНІВЕЦЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮНІК"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Немирівська, 3</t>
+          <t>вулиця Воробкевича Сидора, 33</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0372)589869</t>
+          <t>(095)2713819</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
-      <c r="R17" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Факас Євгенія Михайлівна</t>
+          <t>Директор Клюс Анна Вікторівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 10 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 1 "Вектор" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>145634</v>
+        <v>146571</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 10</t>
+          <t>Чернівецька гімназія № 1 "Вектор"</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Горіхівська, 29</t>
+          <t>вулиця Немирівська, 3</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-28-12</t>
+          <t>(0372)589869</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>cvznz-10@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S18" s="4"/>
+          <t>cvgymnasium1vektor@gmail.com</t>
+        </is>
+      </c>
+      <c r="S18" s="4" t="inlineStr">
+        <is>
+          <t>http://znz-13.cv.ua</t>
+        </is>
+      </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Руснак Олександр Андрійович</t>
+          <t>Директор Факас Євгенія Михайлівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 11 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 10 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>146562</v>
+        <v>145634</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 11</t>
+          <t>Чернівецька гімназія № 10</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 16</t>
+          <t>вулиця Горіхівська, 29</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-62-96, (0372)52-51-97</t>
+          <t>(0372)52-28-12</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>cvznz-4@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-10@meta.ua</t>
+        </is>
+      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Солтисік Любов Іванівна</t>
+          <t>Директор Руснак Олександр Андрійович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 12 "Лідер" Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 11 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>145442</v>
+        <v>146562</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 12 "Лідер"</t>
+          <t>Чернівецька гімназія № 11</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бережанська, 25-А</t>
+          <t>вулиця Шевченка, 16</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-96-07</t>
+          <t>(0372)52-62-96, (0372)52-51-97</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>cvznz-12@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>cvznz-4@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>https://www.school4cv.org/</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Волошин Світлана Зіновіївна</t>
+          <t>Директор Солтисік Любов Іванівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 13 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 12 "Лідер" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>146814</v>
+        <v>145442</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 13</t>
+          <t>Чернівецька гімназія № 12 "Лідер"</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дібровецька, 5-А</t>
+          <t>вулиця Бережанська, 25-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0372)541931</t>
+          <t>(0372)52-96-07</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>cvznz-31@meta.ua</t>
+          <t>cvznz-12@meta.ua</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Месенчук Лариса Миколаївна</t>
+          <t>Директор Волошин Світлана Зіновіївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 14 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 13 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>145453</v>
+        <v>146814</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 14</t>
+          <t>Чернівецька гімназія № 13</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 152А</t>
+          <t>вулиця Дібровецька, 5-А</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-40-57</t>
+          <t>(0372)541931</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>cvznz-33@meta.ua</t>
+          <t>cvznz-31@meta.ua</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Петращук Ксенія Валеріївна</t>
+          <t>Директор Палійчук Ігор Олексійович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 15 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 14 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>145449</v>
+        <v>145453</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 15</t>
+          <t>Чернівецька гімназія № 14</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Мазепи, 8-А</t>
+          <t>вулиця Героїв Майдану, 152А</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0372)526375</t>
+          <t>(0372)53-40-57</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>cvznz-25@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-33@meta.ua</t>
+        </is>
+      </c>
+      <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Баталюк Тетяна Іванівна</t>
+          <t>Директор Петращук Ксенія Валеріївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 16 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 15 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>146552</v>
+        <v>145449</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія №16</t>
+          <t>Чернівецька гімназія № 15</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Білоруська, 77</t>
+          <t>вулиця Івана Мазепи, 8-А</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0372)58-28-37</t>
+          <t>(0372)526375</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>cvznz-16@meta.ua</t>
+          <t>cvznz-25@meta.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://school16.edukit.cv.ua</t>
+          <t>http://zow-25.ucoz.ua</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Білоус Сергій Вікторович</t>
+          <t>Директор Баталюк Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 17 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 16 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>146815</v>
+        <v>146552</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 17</t>
+          <t>Чернівецька гімназія №16</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Я. Налепки, 3</t>
+          <t>вулиця Білоруська, 77</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0372)560-180</t>
+          <t>(0372)58-28-37</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>cvznz-38@meta.ua</t>
+          <t>cvznz-16@meta.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>http://zosh38.cv.ua</t>
+          <t>http://school16.edukit.cv.ua</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Горевич Жанна Василівна</t>
+          <t>Директор Білоус Сергій Вікторович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 18 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 17 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>145638</v>
+        <v>146815</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 18</t>
+          <t>Чернівецька гімназія № 17</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щербанюка, 4</t>
+          <t>вулиця Я. Налепки, 3</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-42-08</t>
+          <t>(0372)560-180</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>cvznz-30@meta.ua</t>
+          <t>cvznz-38@meta.ua</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/zosh30cv</t>
+          <t>http://zosh38.cv.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Яремко Оксана Георгіївна</t>
+          <t>Директор Горевич Жанна Василівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 19 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 18 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>145655</v>
+        <v>145638</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 19</t>
+          <t>Чернівецька гімназія № 18</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Підкови Івана, 9</t>
+          <t>вулиця Щербанюка, 4</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0372)563369, (0372)560373</t>
+          <t>(0372)53-42-08</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>cvznz-37@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S27" s="4"/>
+          <t>cvznz-30@meta.ua</t>
+        </is>
+      </c>
+      <c r="S27" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/zosh30cv</t>
+        </is>
+      </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Оробець Любов Іванівна</t>
+          <t>Директор Яремко Оксана Георгіївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 2 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 19 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>145443</v>
+        <v>145655</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 2</t>
+          <t>Чернівецька гімназія № 19</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сокирянська, 18</t>
+          <t>вулиця Підкови Івана, 9</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0372)510578</t>
+          <t>(0372)563369, (0372)560373</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>cvgymnasium02@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-37@meta.ua</t>
+        </is>
+      </c>
+      <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Пушкарьова Людмила Серафимівна</t>
+          <t>Директор Оробець Любов Іванівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 20 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 2 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>146792</v>
+        <v>145443</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 20</t>
+          <t>Чернівецька гімназія № 2</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Глібова, 12</t>
+          <t>вулиця Сокирянська, 18</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0372)58-10-21</t>
+          <t>(0372)510578</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>cvznz-20@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S29" s="4"/>
+          <t>cvgymnasium02@gmail.com</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr">
+        <is>
+          <t>https://cvznz-17.wixsite.com/cvznz-17</t>
+        </is>
+      </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Жуковська Світлана Володимирівна</t>
+          <t>Директор Пушкарьова Людмила Серафимівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 3 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 20 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>145635</v>
+        <v>146792</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 3</t>
+          <t>Чернівецька гімназія № 20</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хотинська, 23</t>
+          <t>вулиця Глібова, 12</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-95-21</t>
+          <t>(0372)58-10-21</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>cvgymnasium3@gmail.com</t>
+          <t>cvznz-20@meta.ua</t>
         </is>
       </c>
       <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Лісовська Алла Григорівна</t>
+          <t>Директор Жуковська Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 4 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 3 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>146833</v>
+        <v>145635</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія №4</t>
+          <t>Чернівецька гімназія № 3</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Осіння, 48</t>
+          <t>вулиця Хотинська, 23</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-94-37</t>
+          <t>(0372)52-95-21</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>cvgymnasium4@gmail.com</t>
+          <t>cvgymnasium3@gmail.com</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Басараба Лариса Василівна</t>
+          <t>Директор Лісовська Алла Григорівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 5 "Інтеграл" Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 4 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>134692</v>
+        <v>146833</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 5 "Інтеграл" Чернівецької міської ради</t>
+          <t>Чернівецька гімназія №4</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Руська, 228-А</t>
+          <t>вулиця Осіння, 48</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0372)503-982, (0372)54-61-55</t>
+          <t>(0372)52-94-37</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>cvgymnasium5@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvgymnasium4@gmail.com</t>
+        </is>
+      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Антонюк Ірина Ігорівна</t>
+          <t>Директор Басараба Лариса Василівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 7 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 5 "Інтеграл" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>145637</v>
+        <v>134692</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 7</t>
+          <t>Чернівецька гімназія № 5 "Інтеграл" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Руська, 257-А</t>
+          <t>вулиця Руська, 228-А</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0372)50-39-11</t>
+          <t>(0372)503-982, (0372)54-61-55</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>cvznz-28@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S33" s="4"/>
+          <t>cvgymnasium5@gmail.com</t>
+        </is>
+      </c>
+      <c r="S33" s="4" t="inlineStr">
+        <is>
+          <t>http://lubystok.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Килинич Олексій Володимирович</t>
+          <t>Директор Антонюк Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 9 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 7 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>146570</v>
+        <v>145637</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 9</t>
+          <t>Чернівецька гімназія № 7</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Великого,, 36</t>
+          <t>вулиця Руська, 257-А</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-82-35</t>
+          <t>(0372)50-39-11</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>cvznz-3@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-28@meta.ua</t>
+        </is>
+      </c>
+      <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Фурдига Галина Василівна</t>
+          <t>Директор Килинич Олексій Володимирович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія №6 "Берегиня" Чернівецької міської ради</t>
+          <t>Чернівецька гімназія № 9 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>136691</v>
+        <v>146570</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія №6 "Берегиня"</t>
+          <t>Чернівецька гімназія № 9</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця І. Карбулицького, 2</t>
+          <t>вулиця Володимира Великого,, 36</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0372)56-01-81, (0372)56-02-81</t>
+          <t>(0372)53-82-35</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>cvgymnasium6@gmail.com</t>
+          <t>cvznz-3@meta.ua</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://cvgymnasium6.dnz.in.ua/</t>
+          <t>https://cvznz3.e-schools.info/m/</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Капустяк Галина Панасівна</t>
+          <t>Директор Фурдига Галина Василівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія №8 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія №6 "Берегиня" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>145383</v>
+        <v>136691</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Чернівецька гімназія № 8</t>
+          <t>Чернівецька гімназія №6 "Берегиня"</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дзержика, 22</t>
+          <t>вулиця І. Карбулицького, 2</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-44-73</t>
+          <t>(0372)56-01-81, (0372)56-02-81</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>cvznz-8@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S36" s="4"/>
+          <t>cvgymnasium6@gmail.com</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>https://cvgymnasium6.dnz.in.ua/</t>
+        </is>
+      </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Савчук Ірина Іванівна</t>
+          <t>Директор Капустяк Галина Панасівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький багатопрофільний ліцей № 4 Чернівецької міської ради</t>
+          <t>Чернівецька гімназія №8 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>145632</v>
+        <v>145383</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 4</t>
+          <t>Чернівецька гімназія № 8</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Небесної Сотні, 18-А</t>
+          <t>вулиця Дзержика, 22</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0372)533058, (0372)536155</t>
+          <t>(0372)52-44-73</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>cvlicey4@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-8@meta.ua</t>
+        </is>
+      </c>
+      <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Починок Анжела Іллівна</t>
+          <t>Директор Савчук Ірина Іванівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький багатопрофільний ліцей №11 "Престиж" Чернівецької міської ради</t>
+          <t>Чернівецький багатопрофільний ліцей № 4 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>146553</v>
+        <v>145632</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей "Престиж"</t>
+          <t>Чернівецький ліцей № 4</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Головна, 73</t>
+          <t>вулиця Небесної Сотні, 18-А</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0372)51-15-21</t>
+          <t>(0372)533058, (0372)536155</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum11@gmail.com</t>
+          <t>cvlicey4@gmail.com</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/g2s.cv.ua</t>
+          <t>http://www.lyceum4.cv.ua/</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвійчина Світлана Володимирівна</t>
+          <t>Директор Починок Анжела Іллівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький військово-спортивний ліцей Чернівецької міської ради</t>
+          <t>Чернівецький багатопрофільний ліцей №11 "Престиж" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>145403</v>
+        <v>146553</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький військово-спортивний ліцей</t>
+          <t>Чернівецький ліцей "Престиж"</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Луковецька, 29</t>
+          <t>вулиця Головна, 73</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-24-71</t>
+          <t>(0372)51-15-21</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>ccvsli@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S39" s="4"/>
+          <t>cvlyceum11@gmail.com</t>
+        </is>
+      </c>
+      <c r="S39" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/g2s.cv.ua</t>
+        </is>
+      </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Федюк Руслан Юрійович</t>
+          <t>Директор Матвійчина Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 12 "Ювілейний" Чернівецької міської ради</t>
+          <t>Чернівецький військово-спортивний ліцей Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>145424</v>
+        <v>145403</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 12 "Ювілейний"</t>
+          <t>Чернівецький військово-спортивний ліцей</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 1</t>
+          <t>вулиця Луковецька, 29</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0372)522711, (0372)527589</t>
+          <t>(0372)52-24-71</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>licey12uvileyniy@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ccvsli@meta.ua</t>
+        </is>
+      </c>
+      <c r="S40" s="4"/>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Бабух Руслана Іванівна</t>
+          <t>Т.в.о. директора Федюк Руслан Юрійович</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 13 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 12 "Ювілейний" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>145448</v>
+        <v>145424</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 13</t>
+          <t>Чернівецький ліцей № 12 "Ювілейний"</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Південно-Кільцева, 17</t>
+          <t>вулиця Лесі Українки, 1</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(03722)4-49-16, (03722)4-54-24</t>
+          <t>(0372)522711, (0372)527589</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>valentinamel76@gmail.com</t>
+          <t>licey12uvileyniy@gmail.com</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://school-22.cv.ua/</t>
+          <t>https://licey12.chernivtsy.com.ua/</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Золотухіна Любов Іванівна</t>
+          <t>Директор Бабух Руслана Іванівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 15 "Освітні ресурси та технологічний тренінг" з вивченням єврейського етнокультурного компонента Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 13 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>145656</v>
+        <v>145448</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 15 "ОРТ"</t>
+          <t>Чернівецький ліцей № 13</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Південно-Кільцева, 17</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-73-67, (0372)52-47-33</t>
+          <t>(03722)4-49-16, (03722)4-54-24</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum15@gmail.com</t>
+          <t>valentinamel76@gmail.com</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum15-ort.cv.ua/</t>
+          <t>http://school-22.cv.ua/</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Рогінська Олена Володимирівна</t>
+          <t>Директор Золотухіна Любов Іванівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 16 ім. Ю.Федьковича Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 15 "Освітні ресурси та технологічний тренінг" з вивченням єврейського етнокультурного компонента Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>145364</v>
+        <v>145656</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 16</t>
+          <t>Чернівецький ліцей № 15 "ОРТ"</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Головна, 87</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0372)523545, (0372)523649</t>
+          <t>(0372)52-73-67, (0372)52-47-33</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum16@che-1870.ukr.education</t>
+          <t>cvlyceum15@gmail.com</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum16.cv.ua/</t>
+          <t>http://lyceum15-ort.cv.ua/</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Покальська Оксана Михайлівна</t>
+          <t>Директор Рогінська Олена Володимирівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 17 "Успіх" Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 16 ім. Ю.Федьковича Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>145425</v>
+        <v>145364</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 17 "Успіх"</t>
+          <t>Чернівецький ліцей № 16</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Південно-Кільцева, 7-Б</t>
+          <t>вулиця Головна, 87</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-98-04</t>
+          <t>(0372)523545, (0372)523649</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum17@gmail.com</t>
+          <t>cvlyceum16@che-1870.ukr.education</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum-17.cv.ua/</t>
+          <t>https://lyceum16.cv.ua/</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Кушнір Станіслава Тадеушівна</t>
+          <t>Директор Покальська Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 18 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 17 "Успіх" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>145415</v>
+        <v>145425</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 18</t>
+          <t>Чернівецький ліцей № 17 "Успіх"</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Скальда, 26-В</t>
+          <t>вулиця Південно-Кільцева, 7-Б</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(0372)58-13-11</t>
+          <t>(0372)53-98-04</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum18@gmail.com</t>
+          <t>cvlyceum17@gmail.com</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://cvlyceum18.schools.info/m/</t>
+          <t>http://lyceum-17.cv.ua/</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Краміна Людмила Вікторівна</t>
+          <t>Директор Кушнір Станіслава Тадеушівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 19 ім. О.Кобилянської Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 18 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>145636</v>
+        <v>145415</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 19</t>
+          <t>Чернівецький ліцей № 18</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фізкультурна, 5</t>
+          <t>вулиця Сергія Скальда, 26-В</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(0372)58-11-32</t>
+          <t>(0372)58-13-11</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum19@gmail.com</t>
+          <t>cvlyceum18@gmail.com</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>http://school24.cv.sch.in.ua</t>
+          <t>http://cvlyceum18.schools.info/m/</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Легусова Уляна Іванівна</t>
+          <t>Директор Парпауц Літіція Юліянівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 20 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 19 ім. О.Кобилянської Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>145452</v>
+        <v>145636</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 20</t>
+          <t>Чернівецький ліцей № 19</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Воробкевича, 19</t>
+          <t>вулиця Фізкультурна, 5</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(0372)51-11-99, (0372)51-11-76</t>
+          <t>(0372)58-11-32</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum20@gmail.com</t>
+          <t>cvlyceum19@gmail.com</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>http://school27.cv.sch.in.ua</t>
+          <t>http://school24.cv.sch.in.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Томяк Віктор Михайлович</t>
+          <t>Директор Легусова Уляна Іванівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 21 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 20 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>146832</v>
+        <v>145452</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 21</t>
+          <t>Чернівецький ліцей № 20</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця І. Карбулицького, 4</t>
+          <t>вулиця Воробкевича, 19</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0372)560-703, (0372)560-468</t>
+          <t>(0372)51-11-99, (0372)51-11-76</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum21@gmail.com</t>
+          <t>cvlyceum20@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>https://www.licey21-cv.school.social/</t>
+          <t>http://school27.cv.sch.in.ua</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Димашок Андрій Дмитрович</t>
+          <t>Директор Томяк Віктор Михайлович</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 22 імені Антона Кохановського Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 21 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>145633</v>
+        <v>146832</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 22 ім. А. Кохановсього</t>
+          <t>Чернівецький ліцей № 21</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Емінеску, 1</t>
+          <t>вулиця І. Карбулицького, 4</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0372)523392</t>
+          <t>(0372)560-703, (0372)560-468</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>cv.lyceum22@gmail.com</t>
+          <t>cvlyceum21@gmail.com</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/school1cv/home</t>
+          <t>https://www.licey21-cv.school.social/</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Бабій Олександра Ігорівна</t>
+          <t>Директор Димашок Андрій Дмитрович</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 3 медичного профілю Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 22 імені Антона Кохановського Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>145666</v>
+        <v>145633</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 3</t>
+          <t>Чернівецький ліцей № 22 ім. А. Кохановсього</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Залозецького, 13-А</t>
+          <t>вулиця Емінеску, 1</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0372)54-68-51</t>
+          <t>(0372)523392</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>cvlicey-3@meta.ua</t>
+          <t>cv.lyceum22@gmail.com</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/medlyceum3</t>
+          <t>https://sites.google.com/site/school1cv/home</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Грицюк Ганна Борисівна</t>
+          <t>Директор Бабій Олександра Ігорівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 5 "Оріяна" Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 3 медичного профілю Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>145631</v>
+        <v>145666</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 5 "Оріяна"</t>
+          <t>Чернівецький ліцей № 3</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дмитра Загула, 8</t>
+          <t>вулиця Залозецького, 13-А</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-20-90, (0372)53-21-60</t>
+          <t>(0372)54-68-51</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum5@gmail.com</t>
+          <t>cvlicey-3@meta.ua</t>
         </is>
       </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>http://www.gymnasia5.cv.ua</t>
+          <t>https://sites.google.com/view/medlyceum3</t>
         </is>
       </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Абрам'юк Галина Йосипівна</t>
+          <t>Директор Грицюк Ганна Борисівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 6 імені Олександра Доброго Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 5 "Оріяна" Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>146561</v>
+        <v>145631</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 6 імені Олександра Доброго</t>
+          <t>Чернівецький ліцей № 5 "Оріяна"</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шептицького, 19</t>
+          <t>вулиця Дмитра Загула, 8</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0372)523569, (0372)520157</t>
+          <t>(0372)53-20-90, (0372)53-21-60</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum6@gmail.com</t>
+          <t>cvlyceum5@gmail.com</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://gymnasia6.at.ua/</t>
+          <t>http://www.gymnasia5.cv.ua</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Ігнат Іван Аврелович</t>
+          <t>Директор Абрам'юк Галина Йосипівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 7 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 6 імені Олександра Доброго Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>145384</v>
+        <v>146561</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 7</t>
+          <t>Чернівецький ліцей № 6 імені Олександра Доброго</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>проспект Незалежності, 88 д</t>
+          <t>вулиця Шептицького, 19</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(0372)53-52-01</t>
+          <t>(0372)523569, (0372)520157</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum7@gmail.com</t>
+          <t>cvlyceum6@gmail.com</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>http://www.gym7-cv.ho.ua</t>
+          <t>http://gymnasia6.at.ua/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Редько Лариса Сергіївна</t>
+          <t>Директор Ігнат Іван Аврелович</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 8 імені Тараса Григоровича Шевченка Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 7 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>145402</v>
+        <v>145384</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 8 імені Т.Г. Шевченка</t>
+          <t>Чернівецький ліцей № 7</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>проспект Незалежності, 68</t>
+          <t>проспект Незалежності, 88 д</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(0372)531278</t>
+          <t>(0372)53-52-01</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum8@gmail.com</t>
+          <t>cvlyceum7@gmail.com</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum8.cv.ua</t>
+          <t>http://www.gym7-cv.ho.ua</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Шиманський Віктор Миколайович</t>
+          <t>Директор Редько Лариса Сергіївна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 9 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 8 імені Тараса Григоровича Шевченка Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>145630</v>
+        <v>145402</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 9</t>
+          <t>Чернівецький ліцей № 8 імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця В. Красняна, 2</t>
+          <t>проспект Незалежності, 68</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(0372)551493</t>
+          <t>(0372)531278</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>cvlyceum9@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S55" s="4"/>
+          <t>cvlyceum8@gmail.com</t>
+        </is>
+      </c>
+      <c r="S55" s="4" t="inlineStr">
+        <is>
+          <t>http://lyceum8.cv.ua</t>
+        </is>
+      </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Солтисік Іван Богданович</t>
+          <t>Директор Шиманський Віктор Миколайович</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей №1 математичного та економічного профілів Чернівецької міської ради</t>
+          <t>Чернівецький ліцей № 9 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>145414</v>
+        <v>145630</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей №1</t>
+          <t>Чернівецький ліцей № 9</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Штейнбарга, 2</t>
+          <t>вулиця В. Красняна, 2</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(0372)55-07-20, (0372)52-55-73</t>
+          <t>(0372)551493</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>lyceum.1.chernivtsi@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvlyceum9@gmail.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Кінащук Наталія Леонідівна</t>
+          <t>Директор Солтисік Іван Богданович</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей №10 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей №1 математичного та економічного профілів Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>145665</v>
+        <v>145414</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей №10</t>
+          <t>Чернівецький ліцей №1</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Головна, 131</t>
+          <t>вулиця Штейнбарга, 2</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(0372)523645, (050)548-53-13</t>
+          <t>(0372)55-07-20, (0372)52-55-73</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>lyceum10@cv.ukr.education</t>
+          <t>lyceum.1.chernivtsi@gmail.com</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>lyceum10.cv.ukr.education</t>
+          <t>https://www.lyceum1.cv.ua/</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Попадюк Оксана Володимирівна</t>
+          <t>Директор Кінащук Наталія Леонідівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей №14 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей №10 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>146791</v>
+        <v>145665</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький ліцей № 14</t>
+          <t>Чернівецький ліцей №10</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3</t>
+          <t>вулиця Головна, 131</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(0372)52-36-41, (0372)52-61-81</t>
+          <t>(0372)523645, (050)548-53-13</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>cvznz-14@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S58" s="4"/>
+          <t>lyceum10@cv.ukr.education</t>
+        </is>
+      </c>
+      <c r="S58" s="4" t="inlineStr">
+        <is>
+          <t>lyceum10.cv.ukr.education</t>
+        </is>
+      </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондряк Ірина Михайлівна</t>
+          <t>Директор Попадюк Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький філософсько-правовий ліцей № 2 Чернівецької міської ради</t>
+          <t>Чернівецький ліцей №14 Чернівецької міської ради</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>145365</v>
+        <v>146791</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Чернівецький філософсько-правовий ліцей № 2</t>
+          <t>Чернівецький ліцей № 14</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>7310100000</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Чернівецька область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Чернівці, Чернівецька область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Л.Кобилиці, 88-А</t>
+          <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(0372)554197, (0372)553260, (0372)522882</t>
+          <t>(0372)52-36-41, (0372)52-61-81</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>cvlicey-2@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>cvznz-14@meta.ua</t>
+        </is>
+      </c>
+      <c r="S59" s="4"/>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Сігітов Андрій Іванович</t>
+          <t>Директор Кондряк Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="4" t="inlineStr">
+        <is>
+          <t>Чернівецький філософсько-правовий ліцей № 2 Чернівецької міської ради</t>
+        </is>
+      </c>
+      <c r="B60" s="5" t="n">
+        <v>145365</v>
+      </c>
+      <c r="C60" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>Чернівецький філософсько-правовий ліцей № 2</t>
+        </is>
+      </c>
+      <c r="E60" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G60" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H60" s="6" t="inlineStr">
+        <is>
+          <t>7310100000</t>
+        </is>
+      </c>
+      <c r="I60" s="4" t="inlineStr">
+        <is>
+          <t>Чернівецька область</t>
+        </is>
+      </c>
+      <c r="J60" s="4" t="inlineStr">
+        <is>
+          <t>Чернівці, Чернівецька область</t>
+        </is>
+      </c>
+      <c r="K60" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Л.Кобилиці, 88-А</t>
+        </is>
+      </c>
+      <c r="L60" s="6" t="inlineStr">
+        <is>
+          <t>UA73060610010033137</t>
+        </is>
+      </c>
+      <c r="M60" s="4" t="inlineStr">
+        <is>
+          <t>Чернівецька обл., м. Чернівці</t>
+        </is>
+      </c>
+      <c r="N60" s="7"/>
+      <c r="O60" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Чернівецької міської ради</t>
+        </is>
+      </c>
+      <c r="P60" s="4" t="inlineStr">
+        <is>
+          <t>(0372)554197, (0372)553260, (0372)522882</t>
+        </is>
+      </c>
+      <c r="Q60" s="4"/>
+      <c r="R60" s="4" t="inlineStr">
+        <is>
+          <t>cvlicey-2@meta.ua</t>
+        </is>
+      </c>
+      <c r="S60" s="4" t="inlineStr">
+        <is>
+          <t>http://lyceum2.cv.ua/</t>
+        </is>
+      </c>
+      <c r="T60" s="4" t="inlineStr">
+        <is>
+          <t>Директор Сігітов Андрій Іванович</t>
+        </is>
+      </c>
+      <c r="U60" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V60" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W60" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X60" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y60" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y59"/>
+  <autoFilter ref="A1:Y60"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>