--- v1 (2025-12-18)
+++ v2 (2026-02-23)
@@ -739,51 +739,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Чернівецької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03722)36265</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>chonrc01@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://cvnrc.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мала Надія Іванівна</t>
+          <t>Директор Мала Надія Іванівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -2380,56 +2380,56 @@
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA73060610010033137</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Чернівецька обл., м. Чернівці</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0372)52-62-96, (0372)52-51-97</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>cvznz-4@ukr.net</t>
+          <t>cv.gymnasium11@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://www.school4cv.org/</t>
+          <t>https://www.gymnasium11cv.com/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Солтисік Любов Іванівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4501,51 +4501,51 @@
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Чернівецької міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(0372)51-15-21</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
           <t>cvlyceum11@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/g2s.cv.ua</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвійчина Світлана Володимирівна</t>
+          <t>Директор Білоус Надія Василівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">