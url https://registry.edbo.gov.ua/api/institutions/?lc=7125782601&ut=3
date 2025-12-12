--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Іскренський ліцей Шполянської міської ради об'єднаної територіальної громади Черкаської області</t>
+          <t>Іскринський ліцей Шполянської міської ради об'єднаної територіальної громади</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135638</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Іскренський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>