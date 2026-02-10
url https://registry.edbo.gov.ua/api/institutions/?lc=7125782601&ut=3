--- v1 (2025-12-12)
+++ v2 (2026-02-10)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Іскринський ліцей Шполянської міської ради об'єднаної територіальної громади</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135638</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Іскренський ліцей</t>
+          <t>Іскринський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7125782601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>