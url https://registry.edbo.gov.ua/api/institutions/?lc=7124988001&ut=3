--- v0 (2025-10-29)
+++ v1 (2026-01-26)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Хацьки, Черкаський район, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Тищенка, 23</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080430070057427</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Хацьки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Степанківської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Степанківської сільської ради Черкаського району Черкаської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0472)30-65-72</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>khatskyschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://khatskyschool.wixsite.com/khatskyschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Рожелюк Володимир Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>