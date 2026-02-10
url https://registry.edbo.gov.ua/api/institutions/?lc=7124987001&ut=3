--- v0 (2025-10-25)
+++ v1 (2026-02-10)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Степанки, Черкаський район, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Героїв України, 56</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080430010067592</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Степанки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Степанківської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Степанківської сільської ради Черкаського району Черкаської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0472)306540</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stepankick@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://stepanki.ukr.school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Яценко Катерина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>