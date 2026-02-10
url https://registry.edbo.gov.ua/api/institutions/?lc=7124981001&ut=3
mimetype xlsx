--- v0 (2025-10-18)
+++ v1 (2026-02-10)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Білозірської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(047)2300240</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>bilozir2015@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://bilozir.school.org.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Петренко Світлана Олександрівна</t>
+          <t>Директор Ситніченко Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>