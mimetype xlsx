--- v0 (2025-10-28)
+++ v1 (2026-01-23)
@@ -332,61 +332,61 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Ятранівська філія Ладижинського ліцею Ладижинської сільської ради Уманського району Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137302</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Ятранівська філія</t>
+          <t>Ятранівська філія Ладижинського ліцею</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7124389801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Ятранівка, Уманський район, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>площа Соборності, 1</t>