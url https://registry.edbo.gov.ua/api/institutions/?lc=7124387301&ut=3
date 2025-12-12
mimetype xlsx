--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Рижавська філія з дошкільним підрозділом Ладижинського ліцею Ладижинської сільської ради Уманського району Черкаської області</t>
+          <t>Рижавська філія Ладижинського ліцею Ладижинської сільської ради Уманського району Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134934</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Рижавська філія</t>
+          <t>Рижавська філія Ладижинського ліцею</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7124387301</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
@@ -388,63 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Дружби, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71060130040041976</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Уманський р-н, с. Рижавка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Ладижинської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)3520594</t>
+          <t>(098)2739746</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>rugavkaschool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Квашук Оксана Миколаївна</t>
+          <t>Завідувач філією Кольчієнко Наталія Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>