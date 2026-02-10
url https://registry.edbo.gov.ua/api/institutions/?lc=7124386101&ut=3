--- v0 (2025-10-24)
+++ v1 (2026-02-10)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71060190010063229</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Уманський р-н, с. Паланка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Паланської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(093)0137443</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>palanka1@meta.ua</t>
+          <t>palanskijlicej@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/palanka-site</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Мелехін Сергій Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>