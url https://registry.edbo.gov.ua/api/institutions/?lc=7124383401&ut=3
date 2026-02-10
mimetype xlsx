--- v0 (2025-10-25)
+++ v1 (2026-02-10)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 33</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71060190060077525</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Уманський р-н, с. Іванівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Паланської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)9621113</t>
+          <t>(050)5595427</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ivanivkagym@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://gymivanivka.wixsite.com/school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Оверчук Олег Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>