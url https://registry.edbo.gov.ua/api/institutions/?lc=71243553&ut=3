--- v0 (2025-10-25)
+++ v1 (2026-02-10)
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(047)4495225, (047)4495340</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>kzbabinternat55@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://babahka-internat.ck.sch.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Сельодкіна Олена Григорівна</t>
+          <t>В.о. директора Сельодкіна Олена Григорівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>