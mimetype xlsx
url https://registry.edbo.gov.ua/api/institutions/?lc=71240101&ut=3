--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -856,51 +856,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тальнівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(04731)30994</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>tschool1@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://talne-school1.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Голота Ольга Степанівна</t>
+          <t>Директор Карман Раїса Михайлівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
   </sheetData>