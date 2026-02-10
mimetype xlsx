--- v1 (2025-12-07)
+++ v2 (2026-02-10)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04731)32924</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>inter.talne@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>talne-internat.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Постоловська Людмила Іванівна</t>
+          <t>В.о. директора Постоловська Людмила Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">